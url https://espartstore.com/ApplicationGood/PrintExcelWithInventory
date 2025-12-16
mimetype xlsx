--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -4,139 +4,160 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="لیست محصولات سایت" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="390" uniqueCount="390">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="370" uniqueCount="370">
   <si>
     <t>نام محصول</t>
   </si>
   <si>
     <t>قیمت محصول (ريال)</t>
   </si>
   <si>
+    <t>گاز مبرد R134a اسپارت وزن 13.6KG</t>
+  </si>
+  <si>
     <t>برد اصلی کامل PCBماشین لباسشویی DWK-7414</t>
   </si>
   <si>
     <t>گاز مبرد R600 اسپارت وزن 1.4KG</t>
   </si>
   <si>
     <t>گاز مبرد R600 اسپارت وزن 420G</t>
   </si>
   <si>
     <t>گاز مبرد R404 اسپارت وزن 10.9KG</t>
   </si>
   <si>
+    <t>گاز مبرد R410A اسپارت وزن 11.3KG</t>
+  </si>
+  <si>
     <t>گاز مبرد R600 اسپارت وزن 6.5KG</t>
   </si>
   <si>
     <t>سنسوردیفراست یخچال فریزر SBS 2511 دوو</t>
   </si>
   <si>
     <t xml:space="preserve"> برد بهبودیافته PCB فرمان ساید اروپایی</t>
   </si>
   <si>
     <t>المنت لوله ای اواپراتور یخچال SBF-P2600</t>
   </si>
   <si>
     <t>سنسور 10 کیلو اهم یخچال 810 BMF</t>
   </si>
   <si>
+    <t>کمپرسورDONPERمدلKK270CZ1 گازR134 توان1/3</t>
+  </si>
+  <si>
     <t>موتورفن 2دوراواپراتورفریزر(3 سیم)RTN920</t>
   </si>
   <si>
     <t>فیوزحرارتی اواپراتور یخچال فریزر BMF 810</t>
   </si>
   <si>
     <t>کمپرسورDONPERمدل LM72CZ گازR134 توان 1/4</t>
   </si>
   <si>
+    <t>کمپرسورDONPERمدل KM230CZگازR134توان 1/4+</t>
+  </si>
+  <si>
     <t>کمپرسورDONPERمدلD30WZ1 گازR134 توان 1/12</t>
   </si>
   <si>
     <t>مجموعه کامل یخساز فریزر SS-P3500</t>
   </si>
   <si>
+    <t>کمپرسورDONPER مدلLJ140CY گازR600توان1/4+</t>
+  </si>
+  <si>
     <t>کلید دوپین سیستم روشنایی یخچال فریزر</t>
   </si>
   <si>
+    <t>موتورفن دودورکندانسور(3 سیم)RTN920 اسنوا</t>
+  </si>
+  <si>
     <t>کمپرسورDONPERمدلK400CZ1 گازR134توان 1/2+</t>
   </si>
   <si>
     <t>موتورفن یخچال فریزر BMF 676 اسنوا</t>
   </si>
   <si>
-    <t>موتورفن 5.2Watt اواپراتور یخچالBMF 810</t>
+    <t>کمپرسورDONPER مدلKJ290CY گازR600توان 1/3</t>
   </si>
   <si>
     <t>دستگیره ABS تیتانیوم درب لباسشوییSWD471S</t>
   </si>
   <si>
     <t xml:space="preserve">کانال آبریز یخجال  ST12 گالوانیزه</t>
   </si>
   <si>
     <t>پدال مخزن آب(سفید)یخچال 590 دوو</t>
   </si>
   <si>
-    <t>درب آبی کشوGPPSچاپ خورده فریزرD2BF1066</t>
-[...1 lines deleted...]
-  <si>
     <t>پدال آبسردکن درب یخچال فریزرBMF-810/820</t>
   </si>
   <si>
     <t>درب آبی کشو GPPS-فریزر D2BF-1066 دوو</t>
   </si>
   <si>
     <t>هیتر آبریز یخچال DEBF-2800 دوو</t>
   </si>
   <si>
     <t>جایخی یخچال فریزر SBS-2911 دوو</t>
   </si>
   <si>
     <t>درب برچسب دار کشو جامیوه ای یخچالBMF810</t>
   </si>
   <si>
+    <t>دستگیره گردABSتیتانیوم درب یخچالBMF713</t>
+  </si>
+  <si>
+    <t>دستگیره مربعیABSتیتانیوم درب یخچالBMF713</t>
+  </si>
+  <si>
     <t>EcoFreeze-فیلتر درایر 15 گرمی</t>
   </si>
   <si>
     <t>دستگیره GPPS آبسردکن یخچال BMF 810</t>
   </si>
   <si>
     <t>کندانسور مکعبی 810</t>
   </si>
   <si>
     <t>واشرکاملPVCومگنت(ساختنی)درب یخچالBMF810</t>
   </si>
   <si>
     <t>استوپرپایین درب یخچال فریزرساید بای ساید</t>
   </si>
   <si>
     <t>پروانه ABS موتورفن یخچال فریزر اسنوا</t>
   </si>
   <si>
     <t>گسکت درب فریز BMF 810</t>
   </si>
   <si>
     <t>واشر کامل PVC ومگنت درب یخچال BMF 676</t>
   </si>
   <si>
     <t>اواپراتورپره ای بهمراه المنت یخچالBMF810</t>
@@ -150,407 +171,356 @@
   <si>
     <t>برد PCB ولوم لباسشویی اتوماتیک DWK-7414</t>
   </si>
   <si>
     <t>تایمرالکترومکانیکی شستشو15 دقیقه ای9Kg</t>
   </si>
   <si>
     <t>کلیدعملکردی پنل لباسشویی اتوماتیک سری 40</t>
   </si>
   <si>
     <t>کلید ON/OFF سفید لباسشویی SWD-F1031</t>
   </si>
   <si>
     <t>پره حمل کننده لباس</t>
   </si>
   <si>
     <t>مجموعه برد اصلی لباسشویی اتوماتیکDWK8141</t>
   </si>
   <si>
     <t>کلید سفید دایره ای ON/OFF لباسشویی 1051</t>
   </si>
   <si>
     <t>تایمرخشک کن لباسشویی دوقلو 6کیلویی</t>
   </si>
   <si>
-    <t>تایمرالکترومکانیکی خشک کن لباسشویی دوقلو</t>
-[...1 lines deleted...]
-  <si>
     <t>برد الکترونیکی لباسشویی 821 اسنوا</t>
   </si>
   <si>
     <t>کلید سفید مربعی ON/OFF ماشین لباسشویی</t>
   </si>
   <si>
     <t>هیدروستات الکترونیکی ماشین لباسشویی</t>
   </si>
   <si>
     <t>کلید ON/OFF نقره ای لباسشویی سری 30</t>
   </si>
   <si>
     <t>کلید ON/OFFکنترل پنل لباسشویی سری20</t>
   </si>
   <si>
     <t>کلید ON/OFF سفید لباسشویی اتوماتیک</t>
   </si>
   <si>
     <t>تایمرالکتریکی لباسشویی601و801با سیم فلت</t>
   </si>
   <si>
     <t>کلید عملکردی ABS سفید لباسشوییSWD-F1031</t>
   </si>
   <si>
     <t>هیدروستات سوزنی لباسشویی 7Kg</t>
   </si>
   <si>
     <t>کلید ON/OFF نقره ای لباسشویی سری 50</t>
   </si>
   <si>
     <t>کلید ON/OFF کنترل پنل سری 40</t>
   </si>
   <si>
-    <t>موتور یونیورسال 6 فیش لباسشویی اسنوا</t>
-[...1 lines deleted...]
-  <si>
     <t>قاب بیرونی سفید درب لباسشویی</t>
   </si>
   <si>
     <t>دستگیره ABS درب لباسشویی اتوماتیک</t>
   </si>
   <si>
     <t>دستگیره ABSدرب لباسشویی سری SSوAL</t>
   </si>
   <si>
+    <t>قاب تایمر لباسشویی دوقلو 9 کیلویی حایر</t>
+  </si>
+  <si>
     <t>پایه تنظیم ارتفاع بدنه لباسشویی اتوماتیک</t>
   </si>
   <si>
     <t>مجموعه درب داخلی خشک کن لباسشویی دوقلو</t>
   </si>
   <si>
     <t>قاب داخلی ABS درب لباسشویی اتوماتیک</t>
   </si>
   <si>
     <t>لاستیک درب لباسشویی ویوا،هارمونی،کاریزما</t>
   </si>
   <si>
     <t>دستگیره سفید درب لباسشویی 7 کیلویی اسنوا</t>
   </si>
   <si>
     <t>دستگیره درب لباسشویی اتوماتیک SWD-471C</t>
   </si>
   <si>
     <t>قاب داخلی درب ماشین لباسشویی مدل601و801</t>
   </si>
   <si>
-    <t>قاب بیرونی سفید درب لباسشویی7,8Kg</t>
-[...1 lines deleted...]
-  <si>
     <t>قاب تایمر لباسشویی دوقلو 8 کیلویی حایر</t>
   </si>
   <si>
     <t>چلیک عقبی لباسشویی اتوماتیک 5کیلویی</t>
   </si>
   <si>
-    <t>سنگ بالانسر 5.5Kg(جلویی)لباسشویی</t>
-[...1 lines deleted...]
-  <si>
     <t>روتورموتور1400دور لباسشویی8کیلویی اسنوا</t>
   </si>
   <si>
     <t>فیلتر آب ماشین لباسشویی اسپارت</t>
   </si>
   <si>
     <t>قاب پرزگیرماشین لباسشویی دوقلو</t>
   </si>
   <si>
     <t>تسمه ترمز ماشین لباسشویی دوقلو سری DF</t>
   </si>
   <si>
+    <t>سه نظام بازو باریک 4 گوش لباسشویی7Kg</t>
+  </si>
+  <si>
     <t xml:space="preserve"> پرزگیر لباسشویی دوقلو سایز بزرگ</t>
   </si>
   <si>
-    <t xml:space="preserve"> پرزگیر لباسشویی دوقلو  سایز کوچک</t>
-[...1 lines deleted...]
-  <si>
     <t>پولی عقبی چلیک لباسشویی اتوماتیک</t>
   </si>
   <si>
     <t>وان عقبی چلیک لباسشویی اتوماتیک دایرکت</t>
   </si>
   <si>
+    <t>فنر صفحه ترمز ماشین لباسشویی دوقلو</t>
+  </si>
+  <si>
     <t>پیچ پروانه شستشو ماشین لباسشویی دوقلو</t>
   </si>
   <si>
     <t>زبانه قفل درب لباسشویی اتوماتیک5و6کیلویی</t>
   </si>
   <si>
     <t>وان جلویی چلیک لباسشویی 9کیلویی تکنوگاز</t>
   </si>
   <si>
     <t>پیچ سبد خشک کن لباسشویی دو قلو</t>
   </si>
   <si>
     <t>کمک فنر 70 نیوتون ماشین لباسشویی</t>
   </si>
   <si>
     <t>چلیک عقبی لباسشویی اتوماتیک 5,6Kg اسنوا</t>
   </si>
   <si>
+    <t>تسمه1168موتور لباسشویی اتوماتیک5و6کیلویی</t>
+  </si>
+  <si>
     <t>شیلنگ تخلیه آب ماشین ظرفشویی7207 تکنوگاز</t>
   </si>
   <si>
-    <t>لولا درب لباسشویی نانو</t>
-[...1 lines deleted...]
-  <si>
     <t>سنگ بالانسر6Kg(بالا)لباسشویی تکنوگاز</t>
   </si>
   <si>
     <t>تسمه موتور شستشو لباسشویی دوقلو ایرجت</t>
   </si>
   <si>
     <t>پین کمک فنر ماشین لباسشویی</t>
   </si>
   <si>
     <t>تسمه 1315 ماشین لباسشویی اتوماتیک</t>
   </si>
   <si>
     <t>لاستیک درب لباسشویی اتوماتیک سری601و801</t>
   </si>
   <si>
     <t>وان عقبی با کاسه نمد و یاتاقان لباسشویی</t>
   </si>
   <si>
     <t>صفحه ترمز موتور خشک کن ماشین لباسشویی</t>
   </si>
   <si>
-    <t>وان جلویی چلیک لباسشویی اتوماتیک 5Kg</t>
-[...1 lines deleted...]
-  <si>
     <t>تسمه ترمز ماشین لباسشویی دوقلو 9 کیلویی</t>
   </si>
   <si>
     <t>وان عقبی چلیک لباسشویی اتوماتیک SWD-471</t>
   </si>
   <si>
     <t>پیچ اتصال سپری به درام</t>
   </si>
   <si>
     <t>براکت نگهدارنده تلویزیون 65 تا 75 اینچ</t>
   </si>
   <si>
-    <t xml:space="preserve">محافظ برق  پنج خانه صوتی و تصویری</t>
-[...1 lines deleted...]
-  <si>
     <t>محافظ برق سه خانه یخچال و فریزر</t>
   </si>
   <si>
     <t>تسمه ترمز لباسشویی دو قلو 8 کیلویی</t>
   </si>
   <si>
     <t>درب شستشو لباسشویی دوقلو 6 کیلویی</t>
   </si>
   <si>
     <t>سنسور 10 کیلو اهم طول2400MMیخچال 676</t>
   </si>
   <si>
     <t>سنسور 10 کیلو اهم طول 1200MMیخچال 676</t>
   </si>
   <si>
     <t>سنسور 10 کیلو اهم طول2200MMیخچال 676</t>
   </si>
   <si>
     <t>پودر جرم گیر ماشین لباسشویی اسپارت</t>
   </si>
   <si>
     <t>فیلتر آب یخچال فریزرساید بای ساید اسپارت</t>
   </si>
   <si>
     <t>پاک کننده صفحه نمایش اسپارت</t>
   </si>
   <si>
     <t>براکت نگهدارنده تلویزیون 19 تا 40 اینچ</t>
   </si>
   <si>
     <t>محافظ صفحه تلویزیون سایز 43 اینچ</t>
   </si>
   <si>
     <t>محافظ صفحه تلویزیون سایز 50 اینچ</t>
   </si>
   <si>
     <t>محافظ صفحه تلویزیون سایز 55 اینچ</t>
   </si>
   <si>
     <t>دستمال پاک کننده اسپارت نانو 12 عددی</t>
   </si>
   <si>
-    <t>کمپرسور DONPERمدلLK65CZ1گازR134 توان⅕</t>
+    <t>کمپرسور DONPERمدلS53WZ1 گاز R134 توان⅙</t>
   </si>
   <si>
     <t>کمپرسورDONPERمدلLR118CY1گاز R600توان¼</t>
   </si>
   <si>
     <t>کمپرسورDONPERمدلNE6188CZ گاز R134 توان⅜</t>
   </si>
   <si>
     <t>محافظ برق تک خانه لباسشویی و ظرفشویی</t>
   </si>
   <si>
     <t>لاستیک درب لباسشویی اتوماتیک سری زن،ویوا</t>
   </si>
   <si>
     <t>شیر یک طرفه برنجی دسته کوتاه سایز ½ اینچ</t>
   </si>
   <si>
     <t>شیلنگ تغذیه آب ماشین لباسشویی طول 320Cm</t>
   </si>
   <si>
     <t>کندانسور مکعبی ساید بای ساید مدل3500</t>
   </si>
   <si>
+    <t>آنتن رومیزی اسپارت</t>
+  </si>
+  <si>
     <t>توپ شستشوی ماشین لباسشویی اسپارت</t>
   </si>
   <si>
     <t>پاک کننده اجاق گاز اسپارت 300 میلی لیتر</t>
   </si>
   <si>
     <t>اندروید باکس هوما مدل L3</t>
   </si>
   <si>
     <t>پودر جرم گیر دستگاه اسپرسو ساز اسپارت</t>
   </si>
   <si>
     <t>پودر جرمگیر اتو و کتری اسپارت</t>
   </si>
   <si>
     <t>محافظ صفحه تلویزیون سایز 65 اینچ</t>
   </si>
   <si>
     <t>محافظ برق دو خانه یخچال و فریزر</t>
   </si>
   <si>
-    <t>خازن کولرگازی400~450ولت چهارفیش35µF</t>
-[...34 lines deleted...]
-  <si>
     <t>تبدیل پلاستیکی سرشلنگی ورودی آب یخساز</t>
   </si>
   <si>
     <t>کیسه جاروبرقی چهارعددی مدل آرزوم اسنوا</t>
   </si>
   <si>
-    <t>فیلترهپا دوو DVC-LH22 ابعاد 30*121*166</t>
-[...1 lines deleted...]
-  <si>
     <t>کشو GPPS آبی رنگ محفظه سرد S6-0180</t>
   </si>
   <si>
     <t>سرشیلنگ پلاستیکی آب بدنه یخچال فریزر</t>
   </si>
   <si>
     <t>رابط لاستیکی 50.1MM لباسشویی دوقلو9.2KG</t>
   </si>
   <si>
     <t>مجموعه فیلتر و مخزن نمک ظرفشویی تکنوگاز</t>
   </si>
   <si>
     <t>پاک کننده قوی اجاق گاز اسپارت 1000ml</t>
   </si>
   <si>
-    <t>کمپرسورDONPERمدلLU111CYAگاز R600 توان¼</t>
-[...1 lines deleted...]
-  <si>
     <t>کمپرسورDONPERمدلLC88CYAگاز R600 توان⅕</t>
   </si>
   <si>
     <t>کنسانتره کف شوی قوی-ساشه 25 میلیلیتری</t>
   </si>
   <si>
     <t>کنسانتره کف شوی معطر–ساشه 25 میلیلیتری</t>
   </si>
   <si>
     <t>کنسانتره شیشه پاک کن–ساشه 25 میلیلیتری</t>
   </si>
   <si>
     <t>قرص ماشین ظرفشویی اسپارت بسته 12 عددی</t>
   </si>
   <si>
+    <t>تصفیه آب 6 مرحله ای اسپارت شاسی پلاستیکی</t>
+  </si>
+  <si>
     <t>ست فیلتر پایینی دستگاه تصفیه آب اسپارت</t>
   </si>
   <si>
     <t>سنگ پخت پیتزا ابعاد 28x28x1.5</t>
   </si>
   <si>
     <t>سه نظام بازو پهن لباسشویی دایرکت VRT</t>
   </si>
   <si>
     <t>ست 6تایی فیلتر دستگاه تصفیه آب</t>
   </si>
   <si>
     <t>پروانه فن کندانسور یخچال SS-P3500</t>
   </si>
   <si>
     <t>کلید فشاری ماشین ظرفشوییSWD126,DW1560</t>
   </si>
   <si>
     <t>محلول پاک کننده چند منظوره اسپارت800gr</t>
   </si>
   <si>
-    <t>کمپرسورDONPERمدلLU72WZ1(خازن دار)توان¼</t>
-[...1 lines deleted...]
-  <si>
     <t>بست فلزی شیلنگ گاز سایز ⅝</t>
   </si>
   <si>
     <t>تنظیم کننده دمپر ساید بای ساید S8-2261</t>
   </si>
   <si>
     <t>آکواستاپ (شیر برقی) ماشین ظرفشویی</t>
   </si>
   <si>
     <t>المنت نیکل دیفیوژن2000Wلباسشویی</t>
   </si>
   <si>
     <t>المنت2000W لباسشویی SWD-471,571</t>
   </si>
   <si>
     <t>لوله لاستیکی جاپودری چلیک لباسشویی سریFT</t>
   </si>
   <si>
     <t>لوور افقی( پایینی)</t>
   </si>
   <si>
     <t>بلوور مدل 260S1674010F</t>
   </si>
   <si>
     <t>فن خنک کننده کولر گازی سری 24000</t>
@@ -612,50 +582,53 @@
   <si>
     <t>موتور فن داخلی 12000کولر گازی مدل 125L</t>
   </si>
   <si>
     <t>موتور فن کولر گازی سری 18000</t>
   </si>
   <si>
     <t>موتور فن کولر گازی سری 24000</t>
   </si>
   <si>
     <t>لوور عمودی سری DSB 24000-28000</t>
   </si>
   <si>
     <t>موتور فن کولر گازی سری 12000</t>
   </si>
   <si>
     <t>موتور فن کولر گازی مدل F2443LH-V</t>
   </si>
   <si>
     <t>کمپرسور کولر گازی مدل F1843LH-V</t>
   </si>
   <si>
     <t>مجموعه بلوور کولر گازی مدل CSH-12Y3A</t>
   </si>
   <si>
+    <t>موتور فن کولر گازی مدل SS-R18LCCH-INV</t>
+  </si>
+  <si>
     <t>موتور کولر گازی SW-18HC-TP/24HC-TP</t>
   </si>
   <si>
     <t>موتور کولر گازی مدل CSH-12Y3A</t>
   </si>
   <si>
     <t>موتور فن یونیت داخلی مدل 36000</t>
   </si>
   <si>
     <t>موتور کولر گازی CT3SH-30U&amp;CT3SC-30U</t>
   </si>
   <si>
     <t>موتور لوورDSB 12000</t>
   </si>
   <si>
     <t>موتور لوورDSB 18000</t>
   </si>
   <si>
     <t>موتور فن کولر گازی مدل SS-09BHCH</t>
   </si>
   <si>
     <t>یاتاقان بلوور کولر گازی دوو</t>
   </si>
   <si>
     <t>یاتاقان بلوور کولر گازی سری 24000</t>
@@ -663,74 +636,68 @@
   <si>
     <t>پروانه فن کندانسور ABS قطر120MM</t>
   </si>
   <si>
     <t>سینی PP زیر کندانسور یخچال فریزر ساید</t>
   </si>
   <si>
     <t>محفظهGPPSغذا آبی رنگ چاپ خورده ضدخش</t>
   </si>
   <si>
     <t>المنت لوله ای اواپراتور SBF-2600 اسنوا</t>
   </si>
   <si>
     <t>پایه میانی ABS دستگیره درب SBS(آبکاری شد</t>
   </si>
   <si>
     <t>پایه تنظیم کننده PP یخچال فریزر SS-P3500</t>
   </si>
   <si>
     <t>هیتر آبریز فریزر BMF 810 اسنوا</t>
   </si>
   <si>
     <t>محفظه کامل جاپودری ماشین لباسشویی</t>
   </si>
   <si>
-    <t>لاستیک درب ماشین لباسشویی PRIMO</t>
-[...1 lines deleted...]
-  <si>
     <t>مخزن آب(مونتاژ شده)یخچال فریزر SR40</t>
   </si>
   <si>
     <t>محفظه آبی رنگ چاپ خورده با نایلون ضدخش</t>
   </si>
   <si>
     <t>کشو جامیوه ای یخچال فریزر BMF 810 اسنوا</t>
   </si>
   <si>
     <t>محفظه جاپودری لباسشویی اتوماتیک SW62</t>
   </si>
   <si>
     <t>کندانسور مکعبی یخچال فریزر SBS اسنوا</t>
   </si>
   <si>
     <t>محفظه آبی رنگ GPPS غذایی یخچالD2BF0028</t>
   </si>
   <si>
-    <t>براکت نگهدارنده تلویزیون سایز32تا55اینچ</t>
-[...1 lines deleted...]
-  <si>
     <t>شیلنگ آب20متری LDPE</t>
   </si>
   <si>
     <t>آنتن هوایی تلویزیون مدل ABU44</t>
   </si>
   <si>
     <t>محافظ برق شش خانه صوتی تصویری اسپارت</t>
   </si>
   <si>
     <t>محافظ صفحه تلویزیون دوربین دار55 اینچ</t>
   </si>
   <si>
     <t>پروانه ABS موتور فن اواپراتور قطر 110MM</t>
   </si>
   <si>
     <t>قاب سفید ST12 رنگ شده بدنه لباسشویی</t>
   </si>
   <si>
     <t>لوله جاپودری</t>
   </si>
   <si>
     <t>محفظه جاپودریPP لباسشویی اتوماتیکFT</t>
   </si>
   <si>
     <t>کلید لامپ یخچال فریزر SBS</t>
@@ -738,164 +705,158 @@
   <si>
     <t>قاب HIPS جلو کشو بزرگ و کوچک فریزر SBS</t>
   </si>
   <si>
     <t>قاب HIPS خام جلو کشو سبزیجات بزرگ و کوچک</t>
   </si>
   <si>
     <t>کشو خام کوچک شفاف بدون رنگ یخچال ریکو</t>
   </si>
   <si>
     <t>کشو GPPS کوچک سبزیجات یخچال 29 فوت SBS</t>
   </si>
   <si>
     <t>کشو خام بزرگ آبی بنفش یخچال 25 فوت</t>
   </si>
   <si>
     <t>کشو خام بزرگ شفاف بدون رنگ یخچال ریکو</t>
   </si>
   <si>
     <t>شیلنگ تخلیه آب لباسشوئی اتوماتیک 7,8KG</t>
   </si>
   <si>
     <t>والف ¼ یخچال</t>
   </si>
   <si>
-    <t>ترموستات یخچالی یخچال فریزر 393</t>
-[...1 lines deleted...]
-  <si>
     <t>محافظ برق یخچال و فریزر دو خانه دیواری</t>
   </si>
   <si>
     <t>محافظ برق دیجیتال چهار خانه بدنه فلزی</t>
   </si>
   <si>
     <t>اسپری پاک کننده چند منظوره قوی 800 میلی</t>
   </si>
   <si>
     <t>محافظ برق هوشمند تایمردار اسپارت</t>
   </si>
   <si>
     <t>کابل تایپ C به لایتینگ تلفن همراه آیفون</t>
   </si>
   <si>
     <t>شارژر 20 وات تلفن همراه آیفون</t>
   </si>
   <si>
     <t>شارژر 25 وات تلفن همراه سامسونگ</t>
   </si>
   <si>
-    <t xml:space="preserve">کابل تایپ  C به تایپ C تلفن همراه سامسون</t>
+    <t>کابل تایپ C به تایپ C تلفن همراه سامسونگ</t>
   </si>
   <si>
     <t>نمک ماشین ظرفشویی اسپارت 1000gr</t>
   </si>
   <si>
     <t>تصفیه آب 6 مرحله ای اسپارت شاسی فلزی</t>
   </si>
   <si>
     <t>(محافظ حرارتی ریموت کنترل (شش عددی</t>
   </si>
   <si>
     <t>نوار آب‌بندی (تفلون)</t>
   </si>
   <si>
     <t>بدنهABSشیرمخزن آب دیسپنسر یخچالD2BF0028</t>
   </si>
   <si>
     <t>قفل کامل هوم بار درب یخچال SBS</t>
   </si>
   <si>
     <t>محلول پاک کننده چند منظوره اسپارت20 لیتر</t>
   </si>
   <si>
     <t>ماساژور تفنگی برند PRO ONE مدل PGM201</t>
   </si>
   <si>
     <t>ست پیچ گوشتی استوانه ایی مدل PGS101</t>
   </si>
   <si>
+    <t>گاز مبرد R134A اسپارت وزن 3.4KG</t>
+  </si>
+  <si>
+    <t>گاز مبرد R134A اسپارت وزن 820 gr</t>
+  </si>
+  <si>
     <t>مبدل USB OTG به لایتنینگ مدل PCO12</t>
   </si>
   <si>
     <t>مبدل USB 3.0 به USB-C مدل PCO11</t>
   </si>
   <si>
     <t>کابل جمع شو مدلPCC118R</t>
   </si>
   <si>
     <t>کابل شارژ و تبدیل مدل PCK003</t>
   </si>
   <si>
     <t>اسپیکر بلوتوثی قابل حمل مدل PSB4924</t>
   </si>
   <si>
     <t>اسپری شیشه پاک کن غیر الکلی اسپارت500ml</t>
   </si>
   <si>
-    <t>اسپری پاک کننده یخچال فریزر اسپارت 800ml</t>
-[...1 lines deleted...]
-  <si>
     <t>اسپری پاک کننده فر و اجاق گاز اسپارت 500</t>
   </si>
   <si>
     <t>اسپری جرم گیرسرویس بهداشتی وشیرآلات800ml</t>
   </si>
   <si>
     <t>مغزی گالوانیزه سایز ½ inch</t>
   </si>
   <si>
     <t>سه‌راهی‌ گالوانیزه‌ سایز ½ inch</t>
   </si>
   <si>
     <t>مایع کنسانتره کف شوی قوی اسپارت 1 لیتر</t>
   </si>
   <si>
     <t>مایع ظرفشویی اسپارت رایحه لیمو 3.75 لیتر</t>
   </si>
   <si>
     <t>مایع کنسانتره کف شوی معطر اسپارت 1 لیتر</t>
   </si>
   <si>
     <t>اسپری پاک کننده سطوح چوبی اسپارت 500ml</t>
   </si>
   <si>
     <t>محلول پاک کننده چند منظوره اسپارت 5 لیتر</t>
   </si>
   <si>
-    <t>قرص ماشین ظرفشویی اسپارت بسته 3 عددی</t>
-[...1 lines deleted...]
-  <si>
     <t>قرص ماشین ظرفشویی اسپارت بسته 48 عددی</t>
   </si>
   <si>
     <t>مایع ظرفشویی اسپارت رایحه سیب 3.75 لیتر</t>
   </si>
   <si>
-    <t>محلول کنسانتره کف شوی قوی اسپارت 20 لیتر</t>
-[...1 lines deleted...]
-  <si>
     <t>محلول کنسانتره کف شوی معطر اسپارت 20لیتر</t>
   </si>
   <si>
     <t>درپوش سیلور بالای دستگیره یخچال DES-2915</t>
   </si>
   <si>
     <t>پدال یخ دیسپنسر فریزرSBS2511دوو</t>
   </si>
   <si>
     <t>تمیزکننده شیرآلات وسرویس بهداشتی20L</t>
   </si>
   <si>
     <t>کشو بدون قابGPPS کوچک فریزر 29 فوت</t>
   </si>
   <si>
     <t>کشو بدون قاب بزرگ فریزر سکرت ونیورادیوس</t>
   </si>
   <si>
     <t>مایع لباسشویی1.2LاسپارتFreshScentPremium</t>
   </si>
   <si>
     <t>فنرکششی راست چیلیکFTلباسشویی اتوماتیک</t>
   </si>
   <si>
     <t>کشوبدون قاب کوچک فریزر سکرت ونیورادیوس</t>
@@ -903,50 +864,53 @@
   <si>
     <t>پدال آب دیسپنسر(سیلیکنی) SBS0250</t>
   </si>
   <si>
     <t>درپوش پمپ تخلیه لباسشویی سری 600</t>
   </si>
   <si>
     <t>هیدروستات E5 ماشین ظرفشویی SWD-148</t>
   </si>
   <si>
     <t>شیلنگ تغذیه آب ماشین ظرفشویی SWD-148</t>
   </si>
   <si>
     <t>کمک 120نیوتنی کوتاه لباسشویی برند ایران</t>
   </si>
   <si>
     <t>شیر برقی سه قلو180 لباسشویی ایتالیایی</t>
   </si>
   <si>
     <t>کمک چهارگوش پنجپر لباسشویی 110 نیوتنی</t>
   </si>
   <si>
     <t>شیر برقی تک راهه 180درجه لباسشویی بیترون</t>
   </si>
   <si>
+    <t>سبد ظرف PP بالا ماشین ظرفشوییSWD-148</t>
+  </si>
+  <si>
     <t>شیلنگ ورودی آب لباسشویی200Cm(ایران)</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ مگنتی پیچیGRE لباسشویی ایتالیایی	</t>
   </si>
   <si>
     <t>RD.tecپایه رزوه ریزبا مهره ماشین لباسشوی</t>
   </si>
   <si>
     <t>پایه رزوه درشت با مهره ماشین لباسشویی</t>
   </si>
   <si>
     <t>شیلنگ خروجی آب لباسشویی 200MM ایران</t>
   </si>
   <si>
     <t>NACHI-بلبرینگ 6205 لباسشویی</t>
   </si>
   <si>
     <t>NACHI-بلبرینگ 6206 لباسشویی</t>
   </si>
   <si>
     <t>NACHI-بلبرینگ 6305 لباسشویی</t>
   </si>
   <si>
     <t>NACHI-بلبرینگ 6306 لباسشویی</t>
@@ -990,234 +954,210 @@
   <si>
     <t>فیلتر آب یخچال LG مدل LT700</t>
   </si>
   <si>
     <t>فیلتر آب یخچال سامسونگ500گرمی سبز لیوانی</t>
   </si>
   <si>
     <t>EcoFreeze-درایر 20 گرمی یخچال فریزر</t>
   </si>
   <si>
     <t>موتورفن برند POWERFUL</t>
   </si>
   <si>
     <t>فیلتر آب یخچال ساید LG مدل موشکی سرپهن</t>
   </si>
   <si>
     <t>المنت لوله ای101102 اواپراتورSBF-2600</t>
   </si>
   <si>
     <t>کندانسور مکعبی یخچال فریزSTM_2710</t>
   </si>
   <si>
     <t>دستگیره هوشمند درب مجهز به حسگر اثرانگشت</t>
   </si>
   <si>
-    <t>GAP350P1F5 دستگاه تصفیه هوا گرین مدل</t>
-[...1 lines deleted...]
-  <si>
     <t>کمپرسور DONPER مدل SK100CY1 با مبرد R600</t>
   </si>
   <si>
-    <t>تاخو ماشین لباسشویی 7 و 8 کیلویی</t>
-[...4 lines deleted...]
-  <si>
     <t>کمک فنر لباسشویی سامسونگ 120N</t>
   </si>
   <si>
     <t>کمک فنر لباسشویی ال جی 120N</t>
   </si>
   <si>
     <t>TTO-کاسه نمد لباسشویی LG( 37*76*9/5 )</t>
   </si>
   <si>
     <t xml:space="preserve">TTO-کاسه نمد سامسونگ  ( 35*66*9/5 )</t>
   </si>
   <si>
     <t>خازن 5 میکروفاراد450 -400 ولت سیمدار</t>
   </si>
   <si>
     <t>لوله خرطومیEPDMپودری لباسشویی اتوماتیک</t>
   </si>
   <si>
     <t>یاتاقان غلتشی ساچمه ای 6205 2Z/P6/C3</t>
   </si>
   <si>
-    <t>یاتاقان غلتشی ساچمه ای 6206 2RZ/P6/C3</t>
-[...1 lines deleted...]
-  <si>
     <t>کابل HDMI پرووان مدل PCH72 طول 3 متر</t>
   </si>
   <si>
     <t>کابل HDMI پرووان مدل PCH71 طول 3 متر</t>
   </si>
   <si>
     <t>کابل HDMI پرووان مدل PCH71 طول 2 متر</t>
   </si>
   <si>
-    <t xml:space="preserve">کمپرسور LM72CZ 1 - سیم پیچ  Al - گازR134</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> TKJ300F مدلTCL دستگاه تصفیه هوا - برند</t>
+    <t>دستگاه تصفیه هوا برند TCL مدل TKJ300F</t>
   </si>
   <si>
     <t xml:space="preserve">لوله مسی 3/8اینچ با ضخامت0.75  طول50 متر</t>
   </si>
   <si>
     <t>لوله مسی 5/8اینچ  با ضخامت0.75 طول50 متر</t>
   </si>
   <si>
     <t>لوله مسی 1/4اینچ  با ضخامت0.75 طول50 متر</t>
   </si>
   <si>
     <t>لوله مسی3/4اینچ  با ضخامت0.75 طول50 متر</t>
   </si>
   <si>
     <t>لوله مسی 3/8اینچ با ضخامت0.7 طول50 متر</t>
   </si>
   <si>
     <t>لوله مسی 5/8اینچ  با ضخامت0.7 طول50 متر</t>
   </si>
   <si>
+    <t>لوله مسی 1/2اینچ با ضخامت0.7 طول50 متر</t>
+  </si>
+  <si>
     <t>لوله مسی 1/4اینچ  با ضخامت0.7 طول50 متر</t>
   </si>
   <si>
     <t>لوله مسی3/4اینچ  با ضخامت0.7 طول50 متر</t>
   </si>
   <si>
     <t>لوله مسی 5/8اینچ  با ضخامت0.63 طول50 متر</t>
   </si>
   <si>
     <t>لوله مسی 1/4اینچ  با ضخامت0.63 طول50 متر</t>
   </si>
   <si>
     <t>لوله مسی 3/8اینچ با ضخامت0.75 طول15 متر</t>
   </si>
   <si>
     <t>لوله مسی 5/8اینچ  با ضخامت0.75 طول15 متر</t>
   </si>
   <si>
     <t>لوله مسی 1/2اینچ با ضخامت0.75 طول15 متر</t>
   </si>
   <si>
     <t>لوله مسی 1/4اینچ  با ضخامت0.75 طول15 متر</t>
   </si>
   <si>
     <t>لوله مسی 3/4اینچ  با ضخامت0.75 طول15 متر</t>
   </si>
   <si>
     <t>لوله مسی 5/8اینچ  با ضخامت0.7 طول15 متر</t>
   </si>
   <si>
+    <t>لوله مسی 1/2اینچ با ضخامت0.7 طول15 متر</t>
+  </si>
+  <si>
     <t>لوله مسی 1/4اینچ  با ضخامت0.7 طول15 متر</t>
   </si>
   <si>
     <t>لوله مسی 1/4اینچ  با ضخامت0.63 طول15 متر</t>
   </si>
   <si>
-    <t>سیم چین رونیکس1276</t>
-[...4 lines deleted...]
-  <si>
     <t>کاتر</t>
   </si>
   <si>
     <t>پیچ گوشتی جیتک  دوسو LC-6*150</t>
   </si>
   <si>
     <t>پیچ گوشتی جیتک  چهارسو LC-6*150</t>
   </si>
   <si>
-    <t>انبرقفلی رونیکس 1417</t>
-[...1 lines deleted...]
-  <si>
     <t>رابط بکس تایوانی تبدیل3/8 به 1/2</t>
   </si>
   <si>
     <t>پیچ گوشتی جیتک  چهارسو LC-5*100</t>
   </si>
   <si>
     <t>پیچ گوشتی جیتک دوسو LC-5*100</t>
   </si>
   <si>
     <t>اچار فرانسه واستر 10</t>
   </si>
   <si>
-    <t>انبردست رونیکس 1167</t>
-[...4 lines deleted...]
-  <si>
     <t>پیچ گوشتی مشتی دو سو</t>
   </si>
   <si>
     <t>پیچ گوشتی مشتی چهارسو</t>
   </si>
   <si>
     <t>بکس 10تایوانی 1/2</t>
   </si>
   <si>
     <t>بکس 15تایوانی 1/2</t>
   </si>
   <si>
     <t>فازمتر واستر بزرگ</t>
   </si>
   <si>
     <t>بکس 17تایوانی 1/2</t>
   </si>
   <si>
     <t>بکس 13تایوانی 1/2</t>
   </si>
   <si>
     <t>اچار جغجقه تایوانی 3/8</t>
   </si>
   <si>
     <t>موتور جاروبرقی 1400 وات - لبه دار</t>
   </si>
   <si>
     <t>موتور جاروبرقی 1600 وات - لبه دار</t>
   </si>
   <si>
     <t>موتور جاروبرقی 1600 وات - بدون لبه</t>
   </si>
   <si>
     <t>موتور جاروبرقی 1800 وات - لبه دار</t>
   </si>
   <si>
     <t>موتور جاروبرقی 1800 وات - بدون لبه</t>
   </si>
   <si>
     <t>موتور جاروبرقی 2000 وات - لبه دار</t>
   </si>
   <si>
-    <t>وتور جاروبرقی 2000 وات - بدون لبه</t>
+    <t>موتور جاروبرقی 2000 وات - بدون لبه</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1242,3147 +1182,2987 @@
       <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B389"/>
+  <dimension ref="A1:B369"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="0">
-        <v>37000000</v>
+        <v>104000000</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0">
-        <v>12500000</v>
+        <v>37000000</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="0">
-        <v>2570000</v>
+        <v>12500000</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="0">
-        <v>68270000</v>
+        <v>2570000</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="0">
-        <v>35000000</v>
+        <v>68270000</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="0">
-        <v>1100000</v>
+        <v>84000000</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="0">
-        <v>31100000</v>
+        <v>35000000</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="0">
-        <v>4120000</v>
+        <v>1100000</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="0">
-        <v>650000</v>
+        <v>31100000</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="0">
-        <v>3770000</v>
+        <v>4120000</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="0">
-        <v>1410000</v>
+        <v>650000</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="0">
-        <v>40500000</v>
+        <v>50600000</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="0">
-        <v>19900000</v>
+        <v>3770000</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="0">
-        <v>16000000</v>
+        <v>1410000</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="0">
-        <v>1360000</v>
+        <v>41000000</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="0">
-        <v>47260000</v>
+        <v>48870000</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="0">
-        <v>4770000</v>
+        <v>21100000</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="0">
-        <v>4100000</v>
+        <v>16000000</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="0">
-        <v>2070000</v>
+        <v>51040000</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="0">
-        <v>650000</v>
+        <v>1360000</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="0">
-        <v>940000</v>
+        <v>2940000</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B23" s="0">
-        <v>2120000</v>
+        <v>54740000</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B24" s="0">
-        <v>150000</v>
+        <v>4770000</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B25" s="0">
-        <v>2120000</v>
+        <v>58800000</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B26" s="0">
-        <v>2000000</v>
+        <v>2070000</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="0">
-        <v>720000</v>
+        <v>650000</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B28" s="0">
-        <v>2380000</v>
+        <v>940000</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B29" s="0">
-        <v>1100000</v>
+        <v>850000</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B30" s="0">
-        <v>470000</v>
+        <v>2120000</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B31" s="0">
-        <v>5890000</v>
+        <v>2000000</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B32" s="0">
-        <v>3660000</v>
+        <v>720000</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B33" s="0">
-        <v>240000</v>
+        <v>2380000</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B34" s="0">
-        <v>900000</v>
+        <v>1310000</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B35" s="0">
-        <v>3390000</v>
+        <v>1310000</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B36" s="0">
-        <v>3660000</v>
+        <v>1100000</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B37" s="0">
-        <v>11770000</v>
+        <v>470000</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B38" s="0">
-        <v>3390000</v>
+        <v>5890000</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B39" s="0">
-        <v>2350000</v>
+        <v>3660000</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B40" s="0">
-        <v>14440000</v>
+        <v>240000</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B41" s="0">
-        <v>700000</v>
+        <v>900000</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B42" s="0">
-        <v>420000</v>
+        <v>3390000</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B43" s="0">
-        <v>270000</v>
+        <v>3660000</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B44" s="0">
-        <v>740000</v>
+        <v>11770000</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B45" s="0">
-        <v>52400000</v>
+        <v>3390000</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B46" s="0">
-        <v>300000</v>
+        <v>2350000</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B47" s="0">
-        <v>950000</v>
+        <v>14440000</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B48" s="0">
-        <v>1260000</v>
+        <v>700000</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B49" s="0">
-        <v>10590000</v>
+        <v>420000</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B50" s="0">
-        <v>330000</v>
+        <v>270000</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B51" s="0">
-        <v>1500000</v>
+        <v>740000</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B52" s="0">
-        <v>300000</v>
+        <v>52400000</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B53" s="0">
         <v>300000</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B54" s="0">
-        <v>270000</v>
+        <v>950000</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B55" s="0">
-        <v>2000000</v>
+        <v>10590000</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B56" s="0">
-        <v>420000</v>
+        <v>330000</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B57" s="0">
-        <v>2940000</v>
+        <v>3300000</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B58" s="0">
         <v>300000</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B59" s="0">
         <v>300000</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B60" s="0">
-        <v>20010000</v>
+        <v>270000</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B61" s="0">
-        <v>2940000</v>
+        <v>2000000</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B62" s="0">
-        <v>460000</v>
+        <v>420000</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B63" s="0">
-        <v>420000</v>
+        <v>2940000</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B64" s="0">
         <v>300000</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B65" s="0">
-        <v>570000</v>
+        <v>300000</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B66" s="0">
-        <v>2350000</v>
+        <v>2940000</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B67" s="0">
-        <v>9750000</v>
+        <v>460000</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B68" s="0">
-        <v>470000</v>
+        <v>420000</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B69" s="0">
-        <v>660000</v>
+        <v>650000</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B70" s="0">
-        <v>2350000</v>
+        <v>300000</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B71" s="0">
-        <v>2940000</v>
+        <v>570000</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B72" s="0">
-        <v>650000</v>
+        <v>2350000</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B73" s="0">
-        <v>13500000</v>
+        <v>9750000</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B74" s="0">
-        <v>1530000</v>
+        <v>470000</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B75" s="0">
-        <v>9010000</v>
+        <v>660000</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B76" s="0">
-        <v>1000000</v>
+        <v>2350000</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B77" s="0">
         <v>650000</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B78" s="0">
-        <v>100000</v>
+        <v>13500000</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B79" s="0">
-        <v>120000</v>
+        <v>9010000</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B80" s="0">
-        <v>120000</v>
+        <v>1200000</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B81" s="0">
-        <v>2820000</v>
+        <v>650000</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B82" s="0">
-        <v>16070000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B83" s="0">
-        <v>150000</v>
+        <v>10500000</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B84" s="0">
-        <v>540000</v>
+        <v>120000</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B85" s="0">
-        <v>7770000</v>
+        <v>2820000</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B86" s="0">
-        <v>55000</v>
+        <v>16070000</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B87" s="0">
-        <v>1290000</v>
+        <v>35000</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B88" s="0">
-        <v>13500000</v>
+        <v>150000</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B89" s="0">
-        <v>1500000</v>
+        <v>540000</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B90" s="0">
-        <v>1900000</v>
+        <v>7770000</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B91" s="0">
-        <v>1800000</v>
+        <v>55000</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B92" s="0">
-        <v>770000</v>
+        <v>1290000</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B93" s="0">
-        <v>120000</v>
+        <v>13500000</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B94" s="0">
-        <v>3000000</v>
+        <v>3300000</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B95" s="0">
-        <v>9750000</v>
+        <v>1500000</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B96" s="0">
-        <v>24500000</v>
+        <v>1800000</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B97" s="0">
-        <v>420000</v>
+        <v>770000</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B98" s="0">
-        <v>7240000</v>
+        <v>120000</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B99" s="0">
-        <v>160000</v>
+        <v>3300000</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B100" s="0">
-        <v>13500000</v>
+        <v>9750000</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B101" s="0">
-        <v>220000</v>
+        <v>24500000</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B102" s="0">
-        <v>6300000</v>
+        <v>420000</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B103" s="0">
-        <v>4687500</v>
+        <v>160000</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B104" s="0">
-        <v>5630000</v>
+        <v>13500000</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B105" s="0">
-        <v>140000</v>
+        <v>220000</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B106" s="0">
-        <v>950000</v>
+        <v>7000000</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B107" s="0">
-        <v>590000</v>
+        <v>5630000</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B108" s="0">
-        <v>590000</v>
+        <v>140000</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B109" s="0">
-        <v>590000</v>
+        <v>950000</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B110" s="0">
-        <v>1400000</v>
+        <v>590000</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B111" s="0">
-        <v>2300000</v>
+        <v>590000</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B112" s="0">
-        <v>787500</v>
+        <v>590000</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B113" s="0">
-        <v>2900000</v>
+        <v>1400000</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B114" s="0">
-        <v>8250000</v>
+        <v>2300000</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B115" s="0">
-        <v>13200000</v>
+        <v>787500</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B116" s="0">
-        <v>15900000</v>
+        <v>2900000</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B117" s="0">
-        <v>1100000</v>
+        <v>8250000</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B118" s="0">
-        <v>29700000</v>
+        <v>13200000</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B119" s="0">
-        <v>38500000</v>
+        <v>15900000</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
         <v>120</v>
       </c>
       <c r="B120" s="0">
-        <v>52120000</v>
+        <v>1200000</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B121" s="0">
-        <v>5200000</v>
+        <v>35050000</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B122" s="0">
-        <v>9750000</v>
+        <v>42700000</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B123" s="0">
-        <v>2080000</v>
+        <v>59400000</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
         <v>124</v>
       </c>
       <c r="B124" s="0">
-        <v>3000000</v>
+        <v>5200000</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B125" s="0">
-        <v>10000000</v>
+        <v>9750000</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B126" s="0">
-        <v>1375000</v>
+        <v>3180000</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
         <v>127</v>
       </c>
       <c r="B127" s="0">
-        <v>687500</v>
+        <v>3000000</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B128" s="0">
-        <v>22700000</v>
+        <v>10000000</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B129" s="0">
-        <v>1725000</v>
+        <v>4062500</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B130" s="0">
-        <v>1000000</v>
+        <v>1375000</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B131" s="0">
-        <v>22700000</v>
+        <v>687500</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B132" s="0">
-        <v>5600000</v>
+        <v>22700000</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B133" s="0">
-        <v>1250000</v>
+        <v>1725000</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B134" s="0">
-        <v>1390000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B135" s="0">
-        <v>1520000</v>
+        <v>22700000</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B136" s="0">
-        <v>1680000</v>
+        <v>5600000</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B137" s="0">
-        <v>1810000</v>
+        <v>400000</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B138" s="0">
-        <v>1920000</v>
+        <v>1650000</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B139" s="0">
-        <v>2660000</v>
+        <v>3410000</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B140" s="0">
-        <v>1440000</v>
+        <v>630000</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B141" s="0">
-        <v>1520000</v>
+        <v>250000</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B142" s="0">
-        <v>1640000</v>
+        <v>13000000</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B143" s="0">
-        <v>1810000</v>
+        <v>1212500</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B144" s="0">
-        <v>2180000</v>
+        <v>44830000</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B145" s="0">
-        <v>400000</v>
+        <v>128000</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B146" s="0">
-        <v>1650000</v>
+        <v>119000</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B147" s="0">
-        <v>1100000</v>
+        <v>121100</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B148" s="0">
-        <v>3410000</v>
+        <v>3100000</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B149" s="0">
-        <v>630000</v>
+        <v>89500000</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B150" s="0">
-        <v>250000</v>
+        <v>4000000</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B151" s="0">
-        <v>13000000</v>
+        <v>5964000</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B152" s="0">
-        <v>1212500</v>
+        <v>11550000</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B153" s="0">
-        <v>36830000</v>
+        <v>12000000</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B154" s="0">
-        <v>37300000</v>
+        <v>1260000</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B155" s="0">
-        <v>128000</v>
+        <v>4710000</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B156" s="0">
-        <v>119000</v>
+        <v>1080000</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B157" s="0">
-        <v>121100</v>
+        <v>55000</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B158" s="0">
-        <v>3100000</v>
+        <v>5980000</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B159" s="0">
-        <v>4000000</v>
+        <v>8500000</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B160" s="0">
-        <v>5964000</v>
+        <v>3610000</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B161" s="0">
-        <v>11550000</v>
+        <v>3350000</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B162" s="0">
-        <v>12000000</v>
+        <v>800000</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B163" s="0">
-        <v>1260000</v>
+        <v>940000</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B164" s="0">
-        <v>4710000</v>
+        <v>15930000</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B165" s="0">
-        <v>1080000</v>
+        <v>10830000</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B166" s="0">
-        <v>30800000</v>
+        <v>16930000</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B167" s="0">
-        <v>55000</v>
+        <v>17010000</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B168" s="0">
-        <v>5980000</v>
+        <v>820000</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
         <v>169</v>
       </c>
       <c r="B169" s="0">
-        <v>8500000</v>
+        <v>1180000</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B170" s="0">
-        <v>3610000</v>
+        <v>5000000</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B171" s="0">
-        <v>3350000</v>
+        <v>76890000</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B172" s="0">
-        <v>800000</v>
+        <v>10830000</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B173" s="0">
-        <v>940000</v>
+        <v>10830000</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B174" s="0">
-        <v>15930000</v>
+        <v>2240000</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
         <v>175</v>
       </c>
       <c r="B175" s="0">
-        <v>10830000</v>
+        <v>7650000</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B176" s="0">
-        <v>16930000</v>
+        <v>750000</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B177" s="0">
-        <v>17010000</v>
+        <v>3160000</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B178" s="0">
-        <v>820000</v>
+        <v>11420000</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B179" s="0">
-        <v>1180000</v>
+        <v>750000</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B180" s="0">
-        <v>5000000</v>
+        <v>21290000</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B181" s="0">
-        <v>76890000</v>
+        <v>11420000</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B182" s="0">
-        <v>10830000</v>
+        <v>58060000</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B183" s="0">
-        <v>10830000</v>
+        <v>710000</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
         <v>184</v>
       </c>
       <c r="B184" s="0">
-        <v>2240000</v>
+        <v>19070000</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B185" s="0">
-        <v>7650000</v>
+        <v>22110000</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B186" s="0">
-        <v>750000</v>
+        <v>22570000</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
         <v>187</v>
       </c>
       <c r="B187" s="0">
-        <v>3160000</v>
+        <v>710000</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B188" s="0">
-        <v>11420000</v>
+        <v>16930000</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
         <v>189</v>
       </c>
       <c r="B189" s="0">
-        <v>750000</v>
+        <v>18780000</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B190" s="0">
-        <v>21290000</v>
+        <v>79450000</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
         <v>191</v>
       </c>
       <c r="B191" s="0">
-        <v>11420000</v>
+        <v>10740000</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
         <v>192</v>
       </c>
       <c r="B192" s="0">
-        <v>58060000</v>
+        <v>17740000</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B193" s="0">
-        <v>710000</v>
+        <v>3880000</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B194" s="0">
-        <v>19070000</v>
+        <v>3880000</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
         <v>195</v>
       </c>
       <c r="B195" s="0">
-        <v>22110000</v>
+        <v>16930000</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
         <v>196</v>
       </c>
       <c r="B196" s="0">
-        <v>22570000</v>
+        <v>3880000</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B197" s="0">
-        <v>710000</v>
+        <v>6590000</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
         <v>198</v>
       </c>
       <c r="B198" s="0">
-        <v>16930000</v>
+        <v>6590000</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B199" s="0">
-        <v>18780000</v>
+        <v>27070000</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
         <v>200</v>
       </c>
       <c r="B200" s="0">
-        <v>79450000</v>
+        <v>2100000</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
         <v>201</v>
       </c>
       <c r="B201" s="0">
-        <v>10740000</v>
+        <v>1880000</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B202" s="0">
-        <v>3880000</v>
+        <v>900000</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B203" s="0">
-        <v>3880000</v>
+        <v>4540000</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B204" s="0">
-        <v>16930000</v>
+        <v>3240000</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B205" s="0">
-        <v>3880000</v>
+        <v>4500000</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
         <v>206</v>
       </c>
       <c r="B206" s="0">
-        <v>6590000</v>
+        <v>820000</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
         <v>207</v>
       </c>
       <c r="B207" s="0">
-        <v>6590000</v>
+        <v>1950000</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B208" s="0">
-        <v>27070000</v>
+        <v>2000000</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
         <v>209</v>
       </c>
       <c r="B209" s="0">
-        <v>2100000</v>
+        <v>3300000</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B210" s="0">
-        <v>1880000</v>
+        <v>4100000</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
         <v>211</v>
       </c>
       <c r="B211" s="0">
-        <v>900000</v>
+        <v>3010000</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
         <v>212</v>
       </c>
       <c r="B212" s="0">
-        <v>4540000</v>
+        <v>6470000</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B213" s="0">
-        <v>3010000</v>
+        <v>3060000</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
         <v>214</v>
       </c>
       <c r="B214" s="0">
-        <v>4500000</v>
+        <v>7650000</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
         <v>215</v>
       </c>
       <c r="B215" s="0">
-        <v>820000</v>
+        <v>1950000</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
         <v>216</v>
       </c>
       <c r="B216" s="0">
-        <v>1950000</v>
+        <v>1430000</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B217" s="0">
-        <v>2000000</v>
+        <v>7000000</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
         <v>218</v>
       </c>
       <c r="B218" s="0">
-        <v>3300000</v>
+        <v>5840000</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
         <v>219</v>
       </c>
       <c r="B219" s="0">
-        <v>9750000</v>
+        <v>14112500</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
         <v>220</v>
       </c>
       <c r="B220" s="0">
-        <v>4100000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
         <v>221</v>
       </c>
       <c r="B221" s="0">
-        <v>3010000</v>
+        <v>6000000</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
         <v>222</v>
       </c>
       <c r="B222" s="0">
-        <v>6470000</v>
+        <v>540000</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
         <v>223</v>
       </c>
       <c r="B223" s="0">
-        <v>3060000</v>
+        <v>940000</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
         <v>224</v>
       </c>
       <c r="B224" s="0">
-        <v>7650000</v>
+        <v>1410000</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B225" s="0">
-        <v>1950000</v>
+        <v>1290000</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
         <v>226</v>
       </c>
       <c r="B226" s="0">
-        <v>4200000</v>
+        <v>1120000</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
         <v>227</v>
       </c>
       <c r="B227" s="0">
-        <v>1430000</v>
+        <v>3920000</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B228" s="0">
-        <v>7000000</v>
+        <v>5010000</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B229" s="0">
-        <v>5840000</v>
+        <v>5010000</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
         <v>230</v>
       </c>
       <c r="B230" s="0">
-        <v>14112500</v>
+        <v>5060000</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B231" s="0">
-        <v>500000</v>
+        <v>820000</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
         <v>232</v>
       </c>
       <c r="B232" s="0">
-        <v>6000000</v>
+        <v>370000</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
         <v>233</v>
       </c>
       <c r="B233" s="0">
-        <v>540000</v>
+        <v>5000000</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B234" s="0">
-        <v>940000</v>
+        <v>5625000</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
         <v>235</v>
       </c>
       <c r="B235" s="0">
-        <v>1410000</v>
+        <v>1495000</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
         <v>236</v>
       </c>
       <c r="B236" s="0">
-        <v>1290000</v>
+        <v>4100000</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B237" s="0">
-        <v>1120000</v>
+        <v>7000000</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B238" s="0">
-        <v>3920000</v>
+        <v>12700000</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
         <v>239</v>
       </c>
       <c r="B239" s="0">
-        <v>5010000</v>
+        <v>4680000</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
         <v>240</v>
       </c>
       <c r="B240" s="0">
-        <v>5010000</v>
+        <v>2920000</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
         <v>241</v>
       </c>
       <c r="B241" s="0">
-        <v>5060000</v>
+        <v>900000</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
         <v>242</v>
       </c>
       <c r="B242" s="0">
-        <v>820000</v>
+        <v>90900000</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
         <v>243</v>
       </c>
       <c r="B243" s="0">
-        <v>370000</v>
+        <v>150000</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
         <v>244</v>
       </c>
       <c r="B244" s="0">
-        <v>2300000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B245" s="0">
-        <v>5000000</v>
+        <v>1770000</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
         <v>246</v>
       </c>
       <c r="B246" s="0">
-        <v>5625000</v>
+        <v>870000</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
         <v>247</v>
       </c>
       <c r="B247" s="0">
-        <v>1495000</v>
+        <v>22800000</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
         <v>248</v>
       </c>
       <c r="B248" s="0">
-        <v>4100000</v>
+        <v>26400000</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
         <v>249</v>
       </c>
       <c r="B249" s="0">
-        <v>7000000</v>
+        <v>21190000</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
         <v>250</v>
       </c>
       <c r="B250" s="0">
-        <v>12700000</v>
+        <v>33000000</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
         <v>251</v>
       </c>
       <c r="B251" s="0">
-        <v>4680000</v>
+        <v>9400000</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
         <v>252</v>
       </c>
       <c r="B252" s="0">
-        <v>2920000</v>
+        <v>2976000</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
         <v>253</v>
       </c>
       <c r="B253" s="0">
-        <v>900000</v>
+        <v>1728000</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
         <v>254</v>
       </c>
       <c r="B254" s="0">
-        <v>77000000</v>
+        <v>4950000</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
         <v>255</v>
       </c>
       <c r="B255" s="0">
-        <v>150000</v>
+        <v>4012500</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
         <v>256</v>
       </c>
       <c r="B256" s="0">
-        <v>100000</v>
+        <v>25575000</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
         <v>257</v>
       </c>
       <c r="B257" s="0">
-        <v>1770000</v>
+        <v>540000</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
         <v>258</v>
       </c>
       <c r="B258" s="0">
-        <v>870000</v>
+        <v>720000</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
         <v>259</v>
       </c>
       <c r="B259" s="0">
-        <v>22800000</v>
+        <v>720000</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
         <v>260</v>
       </c>
       <c r="B260" s="0">
-        <v>26400000</v>
+        <v>320000</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
         <v>261</v>
       </c>
       <c r="B261" s="0">
-        <v>21190000</v>
+        <v>650000</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
         <v>262</v>
       </c>
       <c r="B262" s="0">
-        <v>2976000</v>
+        <v>1700000</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
         <v>263</v>
       </c>
       <c r="B263" s="0">
-        <v>1728000</v>
+        <v>1816800</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
         <v>264</v>
       </c>
       <c r="B264" s="0">
-        <v>4950000</v>
+        <v>1550000</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
         <v>265</v>
       </c>
       <c r="B265" s="0">
-        <v>4012500</v>
+        <v>772727</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B266" s="0">
-        <v>25575000</v>
+        <v>6240000</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
         <v>267</v>
       </c>
       <c r="B267" s="0">
-        <v>540000</v>
+        <v>6545454</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
         <v>268</v>
       </c>
       <c r="B268" s="0">
-        <v>1560000</v>
+        <v>1816800</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
         <v>269</v>
       </c>
       <c r="B269" s="0">
-        <v>720000</v>
+        <v>24120000</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
         <v>270</v>
       </c>
       <c r="B270" s="0">
-        <v>720000</v>
+        <v>1180000</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
         <v>271</v>
       </c>
       <c r="B271" s="0">
-        <v>300000</v>
+        <v>2040000</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
         <v>272</v>
       </c>
       <c r="B272" s="0">
-        <v>600000</v>
+        <v>11940000</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
         <v>273</v>
       </c>
       <c r="B273" s="0">
-        <v>1700000</v>
+        <v>2940000</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
         <v>274</v>
       </c>
       <c r="B274" s="0">
-        <v>1816800</v>
+        <v>3600000</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B275" s="0">
-        <v>1550000</v>
+        <v>1113600</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
         <v>276</v>
       </c>
       <c r="B276" s="0">
-        <v>772727</v>
+        <v>460000</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B277" s="0">
-        <v>6240000</v>
+        <v>4500000</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
         <v>278</v>
       </c>
       <c r="B278" s="0">
-        <v>500000</v>
+        <v>3490000</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B279" s="0">
-        <v>6545454</v>
+        <v>470000</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
         <v>280</v>
       </c>
       <c r="B280" s="0">
-        <v>1816800</v>
+        <v>4420000</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
         <v>281</v>
       </c>
       <c r="B281" s="0">
-        <v>25680000</v>
+        <v>3910000</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
         <v>282</v>
       </c>
       <c r="B282" s="0">
-        <v>24120000</v>
+        <v>910000</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
         <v>283</v>
       </c>
       <c r="B283" s="0">
-        <v>1180000</v>
+        <v>6620000</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
         <v>284</v>
       </c>
       <c r="B284" s="0">
-        <v>2040000</v>
+        <v>1180000</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
         <v>285</v>
       </c>
       <c r="B285" s="0">
-        <v>11940000</v>
+        <v>2860000</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
         <v>286</v>
       </c>
       <c r="B286" s="0">
-        <v>2940000</v>
+        <v>25350000</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
         <v>287</v>
       </c>
       <c r="B287" s="0">
-        <v>3600000</v>
+        <v>1640000</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
         <v>288</v>
       </c>
       <c r="B288" s="0">
-        <v>1113600</v>
+        <v>7850000</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
         <v>289</v>
       </c>
       <c r="B289" s="0">
-        <v>460000</v>
+        <v>400000</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B290" s="0">
-        <v>4500000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
         <v>291</v>
       </c>
       <c r="B291" s="0">
-        <v>3490000</v>
+        <v>1640000</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
         <v>292</v>
       </c>
       <c r="B292" s="0">
-        <v>470000</v>
+        <v>2650000</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
         <v>293</v>
       </c>
       <c r="B293" s="0">
-        <v>4420000</v>
+        <v>3060000</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
         <v>294</v>
       </c>
       <c r="B294" s="0">
-        <v>3910000</v>
+        <v>3560000</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
         <v>295</v>
       </c>
       <c r="B295" s="0">
-        <v>910000</v>
+        <v>4050000</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
         <v>296</v>
       </c>
       <c r="B296" s="0">
-        <v>6620000</v>
+        <v>2110000</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
         <v>297</v>
       </c>
       <c r="B297" s="0">
-        <v>1180000</v>
+        <v>720000</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
         <v>298</v>
       </c>
       <c r="B298" s="0">
-        <v>2860000</v>
+        <v>1530000</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
         <v>299</v>
       </c>
       <c r="B299" s="0">
-        <v>1640000</v>
+        <v>3150000</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
         <v>300</v>
       </c>
       <c r="B300" s="0">
-        <v>7850000</v>
+        <v>1830000</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
         <v>301</v>
       </c>
       <c r="B301" s="0">
-        <v>400000</v>
+        <v>2630000</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
         <v>302</v>
       </c>
       <c r="B302" s="0">
-        <v>500000</v>
+        <v>3600000</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
         <v>303</v>
       </c>
       <c r="B303" s="0">
-        <v>1640000</v>
+        <v>3200000</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
         <v>304</v>
       </c>
       <c r="B304" s="0">
-        <v>2340000</v>
+        <v>1480000</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
         <v>305</v>
       </c>
       <c r="B305" s="0">
-        <v>3060000</v>
+        <v>640000</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
         <v>306</v>
       </c>
       <c r="B306" s="0">
-        <v>3260000</v>
+        <v>770000</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
         <v>307</v>
       </c>
       <c r="B307" s="0">
-        <v>3660000</v>
+        <v>770000</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
         <v>308</v>
       </c>
       <c r="B308" s="0">
-        <v>2240000</v>
+        <v>3600000</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
         <v>309</v>
       </c>
       <c r="B309" s="0">
-        <v>720000</v>
+        <v>3200000</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
         <v>310</v>
       </c>
       <c r="B310" s="0">
-        <v>1530000</v>
+        <v>1100000</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B311" s="0">
-        <v>3150000</v>
+        <v>6110000</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
         <v>312</v>
       </c>
       <c r="B312" s="0">
-        <v>1830000</v>
+        <v>3150000</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B313" s="0">
-        <v>2630000</v>
+        <v>4370000</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
         <v>314</v>
       </c>
       <c r="B314" s="0">
-        <v>3600000</v>
+        <v>5400000</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
         <v>315</v>
       </c>
       <c r="B315" s="0">
-        <v>3200000</v>
+        <v>75000000</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
         <v>316</v>
       </c>
       <c r="B316" s="0">
-        <v>1480000</v>
+        <v>34000000</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
         <v>317</v>
       </c>
       <c r="B317" s="0">
-        <v>640000</v>
+        <v>1500000</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
         <v>318</v>
       </c>
       <c r="B318" s="0">
-        <v>770000</v>
+        <v>1500000</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
         <v>319</v>
       </c>
       <c r="B319" s="0">
-        <v>770000</v>
+        <v>2000000</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
         <v>320</v>
       </c>
       <c r="B320" s="0">
-        <v>3600000</v>
+        <v>1700000</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
         <v>321</v>
       </c>
       <c r="B321" s="0">
-        <v>3200000</v>
+        <v>700000</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
         <v>322</v>
       </c>
       <c r="B322" s="0">
-        <v>1100000</v>
+        <v>1250000</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
         <v>323</v>
       </c>
       <c r="B323" s="0">
-        <v>6110000</v>
+        <v>1200000</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
         <v>324</v>
       </c>
       <c r="B324" s="0">
-        <v>3150000</v>
+        <v>2986000</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
         <v>325</v>
       </c>
       <c r="B325" s="0">
-        <v>4370000</v>
+        <v>7270000</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
         <v>326</v>
       </c>
       <c r="B326" s="0">
-        <v>5400000</v>
+        <v>5450000</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
         <v>327</v>
       </c>
       <c r="B327" s="0">
-        <v>75000000</v>
+        <v>180000000</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
         <v>328</v>
       </c>
       <c r="B328" s="0">
-        <v>95000000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
         <v>329</v>
       </c>
       <c r="B329" s="0">
-        <v>31500000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
         <v>330</v>
       </c>
       <c r="B330" s="0">
-        <v>1400000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
         <v>331</v>
       </c>
       <c r="B331" s="0">
-        <v>1500000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
         <v>332</v>
       </c>
       <c r="B332" s="0">
-        <v>1500000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
         <v>333</v>
       </c>
       <c r="B333" s="0">
-        <v>1500000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
         <v>334</v>
       </c>
       <c r="B334" s="0">
-        <v>2000000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
         <v>335</v>
       </c>
       <c r="B335" s="0">
-        <v>1700000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B336" s="0">
-        <v>700000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
         <v>337</v>
       </c>
       <c r="B337" s="0">
-        <v>1250000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
         <v>338</v>
       </c>
       <c r="B338" s="0">
-        <v>1200000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
         <v>339</v>
       </c>
       <c r="B339" s="0">
-        <v>1400000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
         <v>340</v>
       </c>
       <c r="B340" s="0">
-        <v>2986000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B341" s="0">
-        <v>7270000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
         <v>342</v>
       </c>
       <c r="B342" s="0">
-        <v>5450000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
         <v>343</v>
       </c>
       <c r="B343" s="0">
-        <v>32800000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B344" s="0">
-        <v>180000000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
         <v>345</v>
       </c>
       <c r="B345" s="0">
         <v>13300000</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B346" s="0">
         <v>13300000</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
         <v>347</v>
       </c>
       <c r="B347" s="0">
         <v>13300000</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
         <v>348</v>
       </c>
       <c r="B348" s="0">
-        <v>13300000</v>
+        <v>1620000</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B349" s="0">
-        <v>13300000</v>
+        <v>2140000</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
         <v>350</v>
       </c>
       <c r="B350" s="0">
-        <v>13300000</v>
+        <v>1500000</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
         <v>351</v>
       </c>
       <c r="B351" s="0">
-        <v>13300000</v>
+        <v>2410000</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
         <v>352</v>
       </c>
       <c r="B352" s="0">
-        <v>13300000</v>
+        <v>1730000</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
         <v>353</v>
       </c>
       <c r="B353" s="0">
-        <v>13300000</v>
+        <v>1730000</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
         <v>354</v>
       </c>
       <c r="B354" s="0">
-        <v>13300000</v>
+        <v>8100000</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
         <v>355</v>
       </c>
       <c r="B355" s="0">
-        <v>13300000</v>
+        <v>1200000</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
         <v>356</v>
       </c>
       <c r="B356" s="0">
-        <v>13300000</v>
+        <v>1200000</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
         <v>357</v>
       </c>
       <c r="B357" s="0">
-        <v>13300000</v>
+        <v>900000</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
         <v>358</v>
       </c>
       <c r="B358" s="0">
-        <v>13300000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
         <v>359</v>
       </c>
       <c r="B359" s="0">
-        <v>13300000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B360" s="0">
-        <v>13300000</v>
+        <v>1100000</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
         <v>361</v>
       </c>
       <c r="B361" s="0">
-        <v>13300000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
         <v>362</v>
       </c>
       <c r="B362" s="0">
-        <v>13300000</v>
+        <v>10700000</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
         <v>363</v>
       </c>
       <c r="B363" s="0">
-        <v>4850000</v>
+        <v>8500000</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B364" s="0">
-        <v>5350000</v>
+        <v>9500000</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B365" s="0">
-        <v>1200000</v>
+        <v>9000000</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
         <v>366</v>
       </c>
       <c r="B366" s="0">
-        <v>2140000</v>
+        <v>10500000</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
         <v>367</v>
       </c>
       <c r="B367" s="0">
-        <v>1500000</v>
+        <v>10000000</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
         <v>368</v>
       </c>
       <c r="B368" s="0">
-        <v>7650000</v>
+        <v>12000000</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
         <v>369</v>
       </c>
       <c r="B369" s="0">
-        <v>2410000</v>
-[...158 lines deleted...]
-      <c r="B389" s="0">
         <v>11000000</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>