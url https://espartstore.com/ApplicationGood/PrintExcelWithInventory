--- v1 (2025-12-16)
+++ v2 (2026-01-31)
@@ -4,130 +4,118 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="لیست محصولات سایت" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="370" uniqueCount="370">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="408" uniqueCount="408">
   <si>
     <t>نام محصول</t>
   </si>
   <si>
     <t>قیمت محصول (ريال)</t>
   </si>
   <si>
     <t>گاز مبرد R134a اسپارت وزن 13.6KG</t>
   </si>
   <si>
     <t>برد اصلی کامل PCBماشین لباسشویی DWK-7414</t>
   </si>
   <si>
+    <t>کمک فنر 120 نیوتون ماشین لباسشویی</t>
+  </si>
+  <si>
     <t>گاز مبرد R600 اسپارت وزن 1.4KG</t>
   </si>
   <si>
     <t>گاز مبرد R600 اسپارت وزن 420G</t>
   </si>
   <si>
     <t>گاز مبرد R404 اسپارت وزن 10.9KG</t>
   </si>
   <si>
-    <t>گاز مبرد R410A اسپارت وزن 11.3KG</t>
-[...1 lines deleted...]
-  <si>
     <t>گاز مبرد R600 اسپارت وزن 6.5KG</t>
   </si>
   <si>
     <t>سنسوردیفراست یخچال فریزر SBS 2511 دوو</t>
   </si>
   <si>
     <t xml:space="preserve"> برد بهبودیافته PCB فرمان ساید اروپایی</t>
   </si>
   <si>
     <t>المنت لوله ای اواپراتور یخچال SBF-P2600</t>
   </si>
   <si>
     <t>سنسور 10 کیلو اهم یخچال 810 BMF</t>
   </si>
   <si>
     <t>کمپرسورDONPERمدلKK270CZ1 گازR134 توان1/3</t>
   </si>
   <si>
     <t>موتورفن 2دوراواپراتورفریزر(3 سیم)RTN920</t>
   </si>
   <si>
     <t>فیوزحرارتی اواپراتور یخچال فریزر BMF 810</t>
   </si>
   <si>
     <t>کمپرسورDONPERمدل LM72CZ گازR134 توان 1/4</t>
   </si>
   <si>
-    <t>کمپرسورDONPERمدل KM230CZگازR134توان 1/4+</t>
-[...4 lines deleted...]
-  <si>
     <t>مجموعه کامل یخساز فریزر SS-P3500</t>
   </si>
   <si>
-    <t>کمپرسورDONPER مدلLJ140CY گازR600توان1/4+</t>
-[...1 lines deleted...]
-  <si>
     <t>کلید دوپین سیستم روشنایی یخچال فریزر</t>
   </si>
   <si>
     <t>موتورفن دودورکندانسور(3 سیم)RTN920 اسنوا</t>
   </si>
   <si>
     <t>کمپرسورDONPERمدلK400CZ1 گازR134توان 1/2+</t>
   </si>
   <si>
     <t>موتورفن یخچال فریزر BMF 676 اسنوا</t>
   </si>
   <si>
-    <t>کمپرسورDONPER مدلKJ290CY گازR600توان 1/3</t>
-[...1 lines deleted...]
-  <si>
     <t>دستگیره ABS تیتانیوم درب لباسشوییSWD471S</t>
   </si>
   <si>
     <t xml:space="preserve">کانال آبریز یخجال  ST12 گالوانیزه</t>
   </si>
   <si>
     <t>پدال مخزن آب(سفید)یخچال 590 دوو</t>
   </si>
   <si>
     <t>پدال آبسردکن درب یخچال فریزرBMF-810/820</t>
   </si>
   <si>
     <t>درب آبی کشو GPPS-فریزر D2BF-1066 دوو</t>
   </si>
   <si>
     <t>هیتر آبریز یخچال DEBF-2800 دوو</t>
   </si>
   <si>
     <t>جایخی یخچال فریزر SBS-2911 دوو</t>
   </si>
   <si>
     <t>درب برچسب دار کشو جامیوه ای یخچالBMF810</t>
   </si>
   <si>
     <t>دستگیره گردABSتیتانیوم درب یخچالBMF713</t>
@@ -171,83 +159,89 @@
   <si>
     <t>برد PCB ولوم لباسشویی اتوماتیک DWK-7414</t>
   </si>
   <si>
     <t>تایمرالکترومکانیکی شستشو15 دقیقه ای9Kg</t>
   </si>
   <si>
     <t>کلیدعملکردی پنل لباسشویی اتوماتیک سری 40</t>
   </si>
   <si>
     <t>کلید ON/OFF سفید لباسشویی SWD-F1031</t>
   </si>
   <si>
     <t>پره حمل کننده لباس</t>
   </si>
   <si>
     <t>مجموعه برد اصلی لباسشویی اتوماتیکDWK8141</t>
   </si>
   <si>
     <t>کلید سفید دایره ای ON/OFF لباسشویی 1051</t>
   </si>
   <si>
     <t>تایمرخشک کن لباسشویی دوقلو 6کیلویی</t>
   </si>
   <si>
+    <t>تایمرالکترومکانیکی خشک کن لباسشویی دوقلو</t>
+  </si>
+  <si>
     <t>برد الکترونیکی لباسشویی 821 اسنوا</t>
   </si>
   <si>
     <t>کلید سفید مربعی ON/OFF ماشین لباسشویی</t>
   </si>
   <si>
     <t>هیدروستات الکترونیکی ماشین لباسشویی</t>
   </si>
   <si>
     <t>کلید ON/OFF نقره ای لباسشویی سری 30</t>
   </si>
   <si>
     <t>کلید ON/OFFکنترل پنل لباسشویی سری20</t>
   </si>
   <si>
     <t>کلید ON/OFF سفید لباسشویی اتوماتیک</t>
   </si>
   <si>
     <t>تایمرالکتریکی لباسشویی601و801با سیم فلت</t>
   </si>
   <si>
     <t>کلید عملکردی ABS سفید لباسشوییSWD-F1031</t>
   </si>
   <si>
     <t>هیدروستات سوزنی لباسشویی 7Kg</t>
   </si>
   <si>
     <t>کلید ON/OFF نقره ای لباسشویی سری 50</t>
   </si>
   <si>
     <t>کلید ON/OFF کنترل پنل سری 40</t>
   </si>
   <si>
+    <t>ترموستات یخچال فریزراسنوا مدلRBF176</t>
+  </si>
+  <si>
     <t>قاب بیرونی سفید درب لباسشویی</t>
   </si>
   <si>
     <t>دستگیره ABS درب لباسشویی اتوماتیک</t>
   </si>
   <si>
     <t>دستگیره ABSدرب لباسشویی سری SSوAL</t>
   </si>
   <si>
     <t>قاب تایمر لباسشویی دوقلو 9 کیلویی حایر</t>
   </si>
   <si>
     <t>پایه تنظیم ارتفاع بدنه لباسشویی اتوماتیک</t>
   </si>
   <si>
     <t>مجموعه درب داخلی خشک کن لباسشویی دوقلو</t>
   </si>
   <si>
     <t>قاب داخلی ABS درب لباسشویی اتوماتیک</t>
   </si>
   <si>
     <t>لاستیک درب لباسشویی ویوا،هارمونی،کاریزما</t>
   </si>
   <si>
     <t>دستگیره سفید درب لباسشویی 7 کیلویی اسنوا</t>
@@ -261,104 +255,128 @@
   <si>
     <t>قاب تایمر لباسشویی دوقلو 8 کیلویی حایر</t>
   </si>
   <si>
     <t>چلیک عقبی لباسشویی اتوماتیک 5کیلویی</t>
   </si>
   <si>
     <t>روتورموتور1400دور لباسشویی8کیلویی اسنوا</t>
   </si>
   <si>
     <t>فیلتر آب ماشین لباسشویی اسپارت</t>
   </si>
   <si>
     <t>قاب پرزگیرماشین لباسشویی دوقلو</t>
   </si>
   <si>
     <t>تسمه ترمز ماشین لباسشویی دوقلو سری DF</t>
   </si>
   <si>
     <t>سه نظام بازو باریک 4 گوش لباسشویی7Kg</t>
   </si>
   <si>
     <t xml:space="preserve"> پرزگیر لباسشویی دوقلو سایز بزرگ</t>
   </si>
   <si>
+    <t xml:space="preserve"> پرزگیر لباسشویی دوقلو  سایز کوچک</t>
+  </si>
+  <si>
     <t>پولی عقبی چلیک لباسشویی اتوماتیک</t>
   </si>
   <si>
     <t>وان عقبی چلیک لباسشویی اتوماتیک دایرکت</t>
   </si>
   <si>
     <t>فنر صفحه ترمز ماشین لباسشویی دوقلو</t>
   </si>
   <si>
     <t>پیچ پروانه شستشو ماشین لباسشویی دوقلو</t>
   </si>
   <si>
     <t>زبانه قفل درب لباسشویی اتوماتیک5و6کیلویی</t>
   </si>
   <si>
     <t>وان جلویی چلیک لباسشویی 9کیلویی تکنوگاز</t>
   </si>
   <si>
     <t>پیچ سبد خشک کن لباسشویی دو قلو</t>
   </si>
   <si>
+    <t>هیدروستات 4 فیش لباسشویی 5 کیلویی</t>
+  </si>
+  <si>
+    <t>کاسه نمد خاری ماشین لباسشویی</t>
+  </si>
+  <si>
     <t>کمک فنر 70 نیوتون ماشین لباسشویی</t>
   </si>
   <si>
     <t>چلیک عقبی لباسشویی اتوماتیک 5,6Kg اسنوا</t>
   </si>
   <si>
     <t>تسمه1168موتور لباسشویی اتوماتیک5و6کیلویی</t>
   </si>
   <si>
     <t>شیلنگ تخلیه آب ماشین ظرفشویی7207 تکنوگاز</t>
   </si>
   <si>
+    <t>لولا درب لباسشویی نانو</t>
+  </si>
+  <si>
     <t>سنگ بالانسر6Kg(بالا)لباسشویی تکنوگاز</t>
   </si>
   <si>
     <t>تسمه موتور شستشو لباسشویی دوقلو ایرجت</t>
   </si>
   <si>
     <t>پین کمک فنر ماشین لباسشویی</t>
   </si>
   <si>
+    <t>پروانه PP شستشو قطر337mm لباسشویی دوقلو</t>
+  </si>
+  <si>
     <t>تسمه 1315 ماشین لباسشویی اتوماتیک</t>
   </si>
   <si>
     <t>لاستیک درب لباسشویی اتوماتیک سری601و801</t>
   </si>
   <si>
     <t>وان عقبی با کاسه نمد و یاتاقان لباسشویی</t>
   </si>
   <si>
     <t>صفحه ترمز موتور خشک کن ماشین لباسشویی</t>
   </si>
   <si>
+    <t>بلبرینگ ماشین لباسشویی 6205-ZZ</t>
+  </si>
+  <si>
+    <t>وان جلویی چلیک لباسشویی اتوماتیک 5Kg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">بلبرینگ ماشین لباسشویی  6206-ZZ</t>
+  </si>
+  <si>
     <t>تسمه ترمز ماشین لباسشویی دوقلو 9 کیلویی</t>
   </si>
   <si>
     <t>وان عقبی چلیک لباسشویی اتوماتیک SWD-471</t>
   </si>
   <si>
     <t>پیچ اتصال سپری به درام</t>
   </si>
   <si>
     <t>براکت نگهدارنده تلویزیون 65 تا 75 اینچ</t>
   </si>
   <si>
     <t>محافظ برق سه خانه یخچال و فریزر</t>
   </si>
   <si>
     <t>تسمه ترمز لباسشویی دو قلو 8 کیلویی</t>
   </si>
   <si>
     <t>درب شستشو لباسشویی دوقلو 6 کیلویی</t>
   </si>
   <si>
     <t>سنسور 10 کیلو اهم طول2400MMیخچال 676</t>
   </si>
   <si>
     <t>سنسور 10 کیلو اهم طول 1200MMیخچال 676</t>
@@ -366,338 +384,377 @@
   <si>
     <t>سنسور 10 کیلو اهم طول2200MMیخچال 676</t>
   </si>
   <si>
     <t>پودر جرم گیر ماشین لباسشویی اسپارت</t>
   </si>
   <si>
     <t>فیلتر آب یخچال فریزرساید بای ساید اسپارت</t>
   </si>
   <si>
     <t>پاک کننده صفحه نمایش اسپارت</t>
   </si>
   <si>
     <t>براکت نگهدارنده تلویزیون 19 تا 40 اینچ</t>
   </si>
   <si>
     <t>محافظ صفحه تلویزیون سایز 43 اینچ</t>
   </si>
   <si>
     <t>محافظ صفحه تلویزیون سایز 50 اینچ</t>
   </si>
   <si>
     <t>محافظ صفحه تلویزیون سایز 55 اینچ</t>
   </si>
   <si>
-    <t>دستمال پاک کننده اسپارت نانو 12 عددی</t>
-[...1 lines deleted...]
-  <si>
     <t>کمپرسور DONPERمدلS53WZ1 گاز R134 توان⅙</t>
   </si>
   <si>
     <t>کمپرسورDONPERمدلLR118CY1گاز R600توان¼</t>
   </si>
   <si>
+    <t>کمپرسورDONPERمدلK6210CZ گاز R134توان⅜</t>
+  </si>
+  <si>
     <t>کمپرسورDONPERمدلNE6188CZ گاز R134 توان⅜</t>
   </si>
   <si>
     <t>محافظ برق تک خانه لباسشویی و ظرفشویی</t>
   </si>
   <si>
     <t>لاستیک درب لباسشویی اتوماتیک سری زن،ویوا</t>
   </si>
   <si>
+    <t>تبدیل PS شیر مخزن آب در یخچال BMF 810</t>
+  </si>
+  <si>
     <t>شیر یک طرفه برنجی دسته کوتاه سایز ½ اینچ</t>
   </si>
   <si>
     <t>شیلنگ تغذیه آب ماشین لباسشویی طول 320Cm</t>
   </si>
   <si>
     <t>کندانسور مکعبی ساید بای ساید مدل3500</t>
   </si>
   <si>
-    <t>آنتن رومیزی اسپارت</t>
-[...1 lines deleted...]
-  <si>
     <t>توپ شستشوی ماشین لباسشویی اسپارت</t>
   </si>
   <si>
     <t>پاک کننده اجاق گاز اسپارت 300 میلی لیتر</t>
   </si>
   <si>
     <t>اندروید باکس هوما مدل L3</t>
   </si>
   <si>
     <t>پودر جرم گیر دستگاه اسپرسو ساز اسپارت</t>
   </si>
   <si>
     <t>پودر جرمگیر اتو و کتری اسپارت</t>
   </si>
   <si>
+    <t>کیسه های جاروبرقی دوو DVC-LH22 چهارتایی</t>
+  </si>
+  <si>
     <t>محافظ صفحه تلویزیون سایز 65 اینچ</t>
   </si>
   <si>
     <t>محافظ برق دو خانه یخچال و فریزر</t>
   </si>
   <si>
+    <t>خازن کولرگازی400~450ولت چهارفیش35µF</t>
+  </si>
+  <si>
+    <t>خازن کولرگازی400~450ولت چهارفیش40µF</t>
+  </si>
+  <si>
+    <t>خازن کولرگازی400~450ولت چهارفیش45µF</t>
+  </si>
+  <si>
+    <t>خازن کولرگازی400~450ولت چهارفیش50µF</t>
+  </si>
+  <si>
+    <t>خازن کولرگازی400~450ولت چهارفیش55µF</t>
+  </si>
+  <si>
+    <t>خازن کولرگازی400~450ولت چهارفیش60µF</t>
+  </si>
+  <si>
+    <t>خازن کولرگازی400~450ولت چهارفیش90µF</t>
+  </si>
+  <si>
+    <t>خازن کولرگازی400~450ولت چهارفیش35+5µF</t>
+  </si>
+  <si>
+    <t>خازن کولرگازی400~450ولت چهارفیش40+5µF</t>
+  </si>
+  <si>
     <t>تبدیل پلاستیکی سرشلنگی ورودی آب یخساز</t>
   </si>
   <si>
     <t>کیسه جاروبرقی چهارعددی مدل آرزوم اسنوا</t>
   </si>
   <si>
+    <t>فیلترهپا دوو DVC-LH22 ابعاد 30*121*166</t>
+  </si>
+  <si>
     <t>کشو GPPS آبی رنگ محفظه سرد S6-0180</t>
   </si>
   <si>
     <t>سرشیلنگ پلاستیکی آب بدنه یخچال فریزر</t>
   </si>
   <si>
     <t>رابط لاستیکی 50.1MM لباسشویی دوقلو9.2KG</t>
   </si>
   <si>
+    <t>کیسه جاروبرقی چهارعددی مدل رویال اسنوا</t>
+  </si>
+  <si>
     <t>مجموعه فیلتر و مخزن نمک ظرفشویی تکنوگاز</t>
   </si>
   <si>
     <t>پاک کننده قوی اجاق گاز اسپارت 1000ml</t>
   </si>
   <si>
     <t>کمپرسورDONPERمدلLC88CYAگاز R600 توان⅕</t>
   </si>
   <si>
     <t>کنسانتره کف شوی قوی-ساشه 25 میلیلیتری</t>
   </si>
   <si>
     <t>کنسانتره کف شوی معطر–ساشه 25 میلیلیتری</t>
   </si>
   <si>
     <t>کنسانتره شیشه پاک کن–ساشه 25 میلیلیتری</t>
   </si>
   <si>
     <t>قرص ماشین ظرفشویی اسپارت بسته 12 عددی</t>
   </si>
   <si>
-    <t>تصفیه آب 6 مرحله ای اسپارت شاسی پلاستیکی</t>
-[...1 lines deleted...]
-  <si>
     <t>ست فیلتر پایینی دستگاه تصفیه آب اسپارت</t>
   </si>
   <si>
     <t>سنگ پخت پیتزا ابعاد 28x28x1.5</t>
   </si>
   <si>
     <t>سه نظام بازو پهن لباسشویی دایرکت VRT</t>
   </si>
   <si>
-    <t>ست 6تایی فیلتر دستگاه تصفیه آب</t>
-[...1 lines deleted...]
-  <si>
     <t>پروانه فن کندانسور یخچال SS-P3500</t>
   </si>
   <si>
     <t>کلید فشاری ماشین ظرفشوییSWD126,DW1560</t>
   </si>
   <si>
     <t>محلول پاک کننده چند منظوره اسپارت800gr</t>
   </si>
   <si>
     <t>بست فلزی شیلنگ گاز سایز ⅝</t>
   </si>
   <si>
     <t>تنظیم کننده دمپر ساید بای ساید S8-2261</t>
   </si>
   <si>
     <t>آکواستاپ (شیر برقی) ماشین ظرفشویی</t>
   </si>
   <si>
     <t>المنت نیکل دیفیوژن2000Wلباسشویی</t>
   </si>
   <si>
     <t>المنت2000W لباسشویی SWD-471,571</t>
   </si>
   <si>
     <t>لوله لاستیکی جاپودری چلیک لباسشویی سریFT</t>
   </si>
   <si>
     <t>لوور افقی( پایینی)</t>
   </si>
   <si>
     <t>بلوور مدل 260S1674010F</t>
   </si>
   <si>
     <t>فن خنک کننده کولر گازی سری 24000</t>
   </si>
   <si>
     <t>بلوور کولر گازی CT3SH-30UوCT3SC-30U</t>
   </si>
   <si>
     <t>بلوور کولر گازی مدل CSH-18Y3AوCSH-18N</t>
   </si>
   <si>
+    <t>کمپرسور فریزر دوو مدل FF-130</t>
+  </si>
+  <si>
     <t>ترموکوپل سرمهره ای-آنتنی300mmسرشعله کوچک</t>
   </si>
   <si>
     <t>شیر تنظیم کننده inch ⅜ مدل CT3SH-24Y3A</t>
   </si>
   <si>
     <t>شیر دو راهه کولر گازی دوو</t>
   </si>
   <si>
     <t>کمپرسور کولر گازی سری 18000</t>
   </si>
   <si>
     <t>فن خنک کننده کولر گازی سری 12000</t>
   </si>
   <si>
     <t>فن خنک کننده کولر گازی سری 18000</t>
   </si>
   <si>
     <t>قاب تایمر خشک کن لباسشویی دوقلو 6 کیلویی</t>
   </si>
   <si>
     <t>لوور افقی DSB 12000</t>
   </si>
   <si>
     <t>لوور افقی( بالایی) DSB 24000-28000</t>
   </si>
   <si>
+    <t>موتور بلوور کولر گازی مدل CSH-18N</t>
+  </si>
+  <si>
     <t>سینی شیشه ای مایکروفر دوو 9N2TB</t>
   </si>
   <si>
     <t>شیر چهار راهه کولر گازی سری 24000</t>
   </si>
   <si>
     <t>لوور افقی( پایینی) سری DSB 24000-28000</t>
   </si>
   <si>
     <t>موتور فن سری DSB 18000</t>
   </si>
   <si>
     <t>شیر چهار راهه کولر گازی مدل SF-48CZCH-TS</t>
   </si>
   <si>
     <t>کمپرسور کولر گازی اسنوا مدل SS-09BHCH</t>
   </si>
   <si>
     <t>لوور عمودی سری DSB 18000</t>
   </si>
   <si>
     <t>موتور فن داخلی 12000کولر گازی مدل 125L</t>
   </si>
   <si>
     <t>موتور فن کولر گازی سری 18000</t>
   </si>
   <si>
     <t>موتور فن کولر گازی سری 24000</t>
   </si>
   <si>
     <t>لوور عمودی سری DSB 24000-28000</t>
   </si>
   <si>
+    <t>موتور فن داخلی 18000 کولر گازی مدل 185L</t>
+  </si>
+  <si>
     <t>موتور فن کولر گازی سری 12000</t>
   </si>
   <si>
     <t>موتور فن کولر گازی مدل F2443LH-V</t>
   </si>
   <si>
     <t>کمپرسور کولر گازی مدل F1843LH-V</t>
   </si>
   <si>
     <t>مجموعه بلوور کولر گازی مدل CSH-12Y3A</t>
   </si>
   <si>
-    <t>موتور فن کولر گازی مدل SS-R18LCCH-INV</t>
-[...1 lines deleted...]
-  <si>
     <t>موتور کولر گازی SW-18HC-TP/24HC-TP</t>
   </si>
   <si>
     <t>موتور کولر گازی مدل CSH-12Y3A</t>
   </si>
   <si>
     <t>موتور فن یونیت داخلی مدل 36000</t>
   </si>
   <si>
     <t>موتور کولر گازی CT3SH-30U&amp;CT3SC-30U</t>
   </si>
   <si>
     <t>موتور لوورDSB 12000</t>
   </si>
   <si>
     <t>موتور لوورDSB 18000</t>
   </si>
   <si>
     <t>موتور فن کولر گازی مدل SS-09BHCH</t>
   </si>
   <si>
     <t>یاتاقان بلوور کولر گازی دوو</t>
   </si>
   <si>
     <t>یاتاقان بلوور کولر گازی سری 24000</t>
   </si>
   <si>
     <t>پروانه فن کندانسور ABS قطر120MM</t>
   </si>
   <si>
     <t>سینی PP زیر کندانسور یخچال فریزر ساید</t>
   </si>
   <si>
     <t>محفظهGPPSغذا آبی رنگ چاپ خورده ضدخش</t>
   </si>
   <si>
     <t>المنت لوله ای اواپراتور SBF-2600 اسنوا</t>
   </si>
   <si>
     <t>پایه میانی ABS دستگیره درب SBS(آبکاری شد</t>
   </si>
   <si>
     <t>پایه تنظیم کننده PP یخچال فریزر SS-P3500</t>
   </si>
   <si>
-    <t>هیتر آبریز فریزر BMF 810 اسنوا</t>
-[...1 lines deleted...]
-  <si>
     <t>محفظه کامل جاپودری ماشین لباسشویی</t>
   </si>
   <si>
+    <t>پروانه ABS فن کندانسور یخچال تکنوگاز و ب</t>
+  </si>
+  <si>
     <t>مخزن آب(مونتاژ شده)یخچال فریزر SR40</t>
   </si>
   <si>
     <t>محفظه آبی رنگ چاپ خورده با نایلون ضدخش</t>
   </si>
   <si>
     <t>کشو جامیوه ای یخچال فریزر BMF 810 اسنوا</t>
   </si>
   <si>
     <t>محفظه جاپودری لباسشویی اتوماتیک SW62</t>
   </si>
   <si>
     <t>کندانسور مکعبی یخچال فریزر SBS اسنوا</t>
   </si>
   <si>
     <t>محفظه آبی رنگ GPPS غذایی یخچالD2BF0028</t>
   </si>
   <si>
+    <t>براکت نگهدارنده تلویزیون سایز32تا55اینچ</t>
+  </si>
+  <si>
     <t>شیلنگ آب20متری LDPE</t>
   </si>
   <si>
     <t>آنتن هوایی تلویزیون مدل ABU44</t>
   </si>
   <si>
     <t>محافظ برق شش خانه صوتی تصویری اسپارت</t>
   </si>
   <si>
     <t>محافظ صفحه تلویزیون دوربین دار55 اینچ</t>
   </si>
   <si>
     <t>پروانه ABS موتور فن اواپراتور قطر 110MM</t>
   </si>
   <si>
     <t>قاب سفید ST12 رنگ شده بدنه لباسشویی</t>
   </si>
   <si>
     <t>لوله جاپودری</t>
   </si>
   <si>
     <t>محفظه جاپودریPP لباسشویی اتوماتیکFT</t>
   </si>
   <si>
     <t>کلید لامپ یخچال فریزر SBS</t>
@@ -705,179 +762,173 @@
   <si>
     <t>قاب HIPS جلو کشو بزرگ و کوچک فریزر SBS</t>
   </si>
   <si>
     <t>قاب HIPS خام جلو کشو سبزیجات بزرگ و کوچک</t>
   </si>
   <si>
     <t>کشو خام کوچک شفاف بدون رنگ یخچال ریکو</t>
   </si>
   <si>
     <t>کشو GPPS کوچک سبزیجات یخچال 29 فوت SBS</t>
   </si>
   <si>
     <t>کشو خام بزرگ آبی بنفش یخچال 25 فوت</t>
   </si>
   <si>
     <t>کشو خام بزرگ شفاف بدون رنگ یخچال ریکو</t>
   </si>
   <si>
     <t>شیلنگ تخلیه آب لباسشوئی اتوماتیک 7,8KG</t>
   </si>
   <si>
     <t>والف ¼ یخچال</t>
   </si>
   <si>
+    <t>ترموستات یخچالی یخچال فریزر 393</t>
+  </si>
+  <si>
     <t>محافظ برق یخچال و فریزر دو خانه دیواری</t>
   </si>
   <si>
     <t>محافظ برق دیجیتال چهار خانه بدنه فلزی</t>
   </si>
   <si>
     <t>اسپری پاک کننده چند منظوره قوی 800 میلی</t>
   </si>
   <si>
     <t>محافظ برق هوشمند تایمردار اسپارت</t>
   </si>
   <si>
     <t>کابل تایپ C به لایتینگ تلفن همراه آیفون</t>
   </si>
   <si>
     <t>شارژر 20 وات تلفن همراه آیفون</t>
   </si>
   <si>
-    <t>شارژر 25 وات تلفن همراه سامسونگ</t>
-[...1 lines deleted...]
-  <si>
     <t>کابل تایپ C به تایپ C تلفن همراه سامسونگ</t>
   </si>
   <si>
     <t>نمک ماشین ظرفشویی اسپارت 1000gr</t>
   </si>
   <si>
-    <t>تصفیه آب 6 مرحله ای اسپارت شاسی فلزی</t>
-[...1 lines deleted...]
-  <si>
     <t>(محافظ حرارتی ریموت کنترل (شش عددی</t>
   </si>
   <si>
     <t>نوار آب‌بندی (تفلون)</t>
   </si>
   <si>
     <t>بدنهABSشیرمخزن آب دیسپنسر یخچالD2BF0028</t>
   </si>
   <si>
     <t>قفل کامل هوم بار درب یخچال SBS</t>
   </si>
   <si>
     <t>محلول پاک کننده چند منظوره اسپارت20 لیتر</t>
   </si>
   <si>
     <t>ماساژور تفنگی برند PRO ONE مدل PGM201</t>
   </si>
   <si>
     <t>ست پیچ گوشتی استوانه ایی مدل PGS101</t>
   </si>
   <si>
-    <t>گاز مبرد R134A اسپارت وزن 3.4KG</t>
-[...4 lines deleted...]
-  <si>
     <t>مبدل USB OTG به لایتنینگ مدل PCO12</t>
   </si>
   <si>
     <t>مبدل USB 3.0 به USB-C مدل PCO11</t>
   </si>
   <si>
     <t>کابل جمع شو مدلPCC118R</t>
   </si>
   <si>
     <t>کابل شارژ و تبدیل مدل PCK003</t>
   </si>
   <si>
     <t>اسپیکر بلوتوثی قابل حمل مدل PSB4924</t>
   </si>
   <si>
     <t>اسپری شیشه پاک کن غیر الکلی اسپارت500ml</t>
   </si>
   <si>
+    <t>اسپری پاک کننده یخچال فریزر اسپارت 800ml</t>
+  </si>
+  <si>
     <t>اسپری پاک کننده فر و اجاق گاز اسپارت 500</t>
   </si>
   <si>
     <t>اسپری جرم گیرسرویس بهداشتی وشیرآلات800ml</t>
   </si>
   <si>
     <t>مغزی گالوانیزه سایز ½ inch</t>
   </si>
   <si>
     <t>سه‌راهی‌ گالوانیزه‌ سایز ½ inch</t>
   </si>
   <si>
     <t>مایع کنسانتره کف شوی قوی اسپارت 1 لیتر</t>
   </si>
   <si>
     <t>مایع ظرفشویی اسپارت رایحه لیمو 3.75 لیتر</t>
   </si>
   <si>
     <t>مایع کنسانتره کف شوی معطر اسپارت 1 لیتر</t>
   </si>
   <si>
     <t>اسپری پاک کننده سطوح چوبی اسپارت 500ml</t>
   </si>
   <si>
     <t>محلول پاک کننده چند منظوره اسپارت 5 لیتر</t>
   </si>
   <si>
     <t>قرص ماشین ظرفشویی اسپارت بسته 48 عددی</t>
   </si>
   <si>
     <t>مایع ظرفشویی اسپارت رایحه سیب 3.75 لیتر</t>
   </si>
   <si>
+    <t>محلول کنسانتره کف شوی قوی اسپارت 20 لیتر</t>
+  </si>
+  <si>
     <t>محلول کنسانتره کف شوی معطر اسپارت 20لیتر</t>
   </si>
   <si>
     <t>درپوش سیلور بالای دستگیره یخچال DES-2915</t>
   </si>
   <si>
     <t>پدال یخ دیسپنسر فریزرSBS2511دوو</t>
   </si>
   <si>
     <t>تمیزکننده شیرآلات وسرویس بهداشتی20L</t>
   </si>
   <si>
     <t>کشو بدون قابGPPS کوچک فریزر 29 فوت</t>
   </si>
   <si>
     <t>کشو بدون قاب بزرگ فریزر سکرت ونیورادیوس</t>
   </si>
   <si>
-    <t>مایع لباسشویی1.2LاسپارتFreshScentPremium</t>
-[...1 lines deleted...]
-  <si>
     <t>فنرکششی راست چیلیکFTلباسشویی اتوماتیک</t>
   </si>
   <si>
     <t>کشوبدون قاب کوچک فریزر سکرت ونیورادیوس</t>
   </si>
   <si>
     <t>پدال آب دیسپنسر(سیلیکنی) SBS0250</t>
   </si>
   <si>
     <t>درپوش پمپ تخلیه لباسشویی سری 600</t>
   </si>
   <si>
     <t>هیدروستات E5 ماشین ظرفشویی SWD-148</t>
   </si>
   <si>
     <t>شیلنگ تغذیه آب ماشین ظرفشویی SWD-148</t>
   </si>
   <si>
     <t>کمک 120نیوتنی کوتاه لباسشویی برند ایران</t>
   </si>
   <si>
     <t>شیر برقی سه قلو180 لباسشویی ایتالیایی</t>
   </si>
   <si>
     <t>کمک چهارگوش پنجپر لباسشویی 110 نیوتنی</t>
@@ -1095,69 +1146,132 @@
   <si>
     <t>پیچ گوشتی مشتی دو سو</t>
   </si>
   <si>
     <t>پیچ گوشتی مشتی چهارسو</t>
   </si>
   <si>
     <t>بکس 10تایوانی 1/2</t>
   </si>
   <si>
     <t>بکس 15تایوانی 1/2</t>
   </si>
   <si>
     <t>فازمتر واستر بزرگ</t>
   </si>
   <si>
     <t>بکس 17تایوانی 1/2</t>
   </si>
   <si>
     <t>بکس 13تایوانی 1/2</t>
   </si>
   <si>
     <t>اچار جغجقه تایوانی 3/8</t>
   </si>
   <si>
+    <t>سیفون تخلیه‌آب ‌لباسشویی اتومات اسنوا180</t>
+  </si>
+  <si>
+    <t>سیفون تخلیه آبEPDM لباسشویی اتوماتیک</t>
+  </si>
+  <si>
+    <t>لوله خروجی از دایورتربه کاندوویت ظرفشویی</t>
+  </si>
+  <si>
+    <t>لوله خروجی از پمپ شستشوی آسنکرون ظرفشویی</t>
+  </si>
+  <si>
+    <t>لوله ورودی پمپ شستشوی آسنکرون ظرفشویی</t>
+  </si>
+  <si>
     <t>موتور جاروبرقی 1400 وات - لبه دار</t>
   </si>
   <si>
     <t>موتور جاروبرقی 1600 وات - لبه دار</t>
   </si>
   <si>
     <t>موتور جاروبرقی 1600 وات - بدون لبه</t>
   </si>
   <si>
     <t>موتور جاروبرقی 1800 وات - لبه دار</t>
   </si>
   <si>
     <t>موتور جاروبرقی 1800 وات - بدون لبه</t>
   </si>
   <si>
     <t>موتور جاروبرقی 2000 وات - لبه دار</t>
   </si>
   <si>
     <t>موتور جاروبرقی 2000 وات - بدون لبه</t>
+  </si>
+  <si>
+    <t>دستگاه تصفیه آب مدل INLINE با شاسی فلزی</t>
+  </si>
+  <si>
+    <t>کمپرسورZANUSSIمدلGXL200AگازR134aتوان¼</t>
+  </si>
+  <si>
+    <t>کمپرسورZANUSSIمدلGML200AگازR134aتوان¼</t>
+  </si>
+  <si>
+    <t>کمپرسورZANUSSIمدلGDL200AگازR134aتوان¼</t>
+  </si>
+  <si>
+    <t>کمپرسورZANUSSIمدلHXZ170AگازR600aتوان⅕</t>
+  </si>
+  <si>
+    <t>کمپرسورZANUSSIمدلHDL170AگازR600aتوان⅕</t>
+  </si>
+  <si>
+    <t>کمپرسورZANUSSIمدلHML170AگازR600aتوان⅕</t>
+  </si>
+  <si>
+    <t>کمپرسورZANUSSIمدلHXL200AگازR600aتوان¼</t>
+  </si>
+  <si>
+    <t>کمپرسورZANUSSIمدلHDL200AگازR600aتوان¼</t>
+  </si>
+  <si>
+    <t>کمپرسورZANUSSIمدلHML200AگازR600aتوان¼</t>
+  </si>
+  <si>
+    <t>سیم چین 1267</t>
+  </si>
+  <si>
+    <t>پایه رزوه ریز بی مهره</t>
+  </si>
+  <si>
+    <t>پایه رزوه درشت بی مهره</t>
+  </si>
+  <si>
+    <t>کمپرسورZANUSSIمدلGXL160AگازR134aتوان⅕</t>
+  </si>
+  <si>
+    <t>کمپرسورZANUSSIمدلGML160AگازR134aتوان⅕</t>
+  </si>
+  <si>
+    <t>کمپرسورZANUSSIمدلGDL160AگازR134aتوان¼</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1182,2987 +1296,3291 @@
       <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B369"/>
+  <dimension ref="A1:B407"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="0">
-        <v>104000000</v>
+        <v>141500000</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0">
-        <v>37000000</v>
+        <v>37500000</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="0">
-        <v>12500000</v>
+        <v>2200000</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="0">
-        <v>2570000</v>
+        <v>13696000</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="0">
-        <v>68270000</v>
+        <v>7013050</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="0">
-        <v>84000000</v>
+        <v>83450000</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="0">
-        <v>35000000</v>
+        <v>64200000</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="0">
-        <v>1100000</v>
+        <v>1200000</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="0">
-        <v>31100000</v>
+        <v>31500000</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="0">
-        <v>4120000</v>
+        <v>5100000</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="0">
-        <v>650000</v>
+        <v>900000</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="0">
-        <v>50600000</v>
+        <v>59750000</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="0">
-        <v>3770000</v>
+        <v>6325000</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="0">
-        <v>1410000</v>
+        <v>1700000</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="0">
-        <v>41000000</v>
+        <v>56860000</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="0">
-        <v>48870000</v>
+        <v>16000000</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="0">
-        <v>21100000</v>
+        <v>1600000</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="0">
-        <v>16000000</v>
+        <v>3000000</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="0">
-        <v>51040000</v>
+        <v>62910000</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="0">
-        <v>1360000</v>
+        <v>8200000</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="0">
-        <v>2940000</v>
+        <v>2800000</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B23" s="0">
-        <v>54740000</v>
+        <v>1050000</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B24" s="0">
-        <v>4770000</v>
+        <v>1177000</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B25" s="0">
-        <v>58800000</v>
+        <v>2300000</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B26" s="0">
-        <v>2070000</v>
+        <v>2500000</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="0">
-        <v>650000</v>
+        <v>2900000</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B28" s="0">
-        <v>940000</v>
+        <v>1400000</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B29" s="0">
-        <v>850000</v>
+        <v>2900000</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B30" s="0">
-        <v>2120000</v>
+        <v>1700000</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B31" s="0">
-        <v>2000000</v>
+        <v>1700000</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B32" s="0">
-        <v>720000</v>
+        <v>1725000</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B33" s="0">
-        <v>2380000</v>
+        <v>950000</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B34" s="0">
-        <v>1310000</v>
+        <v>8200000</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B35" s="0">
-        <v>1310000</v>
+        <v>5100000</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B36" s="0">
-        <v>1100000</v>
+        <v>300000</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B37" s="0">
-        <v>470000</v>
+        <v>1300000</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B38" s="0">
-        <v>5890000</v>
+        <v>5100000</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B39" s="0">
-        <v>3660000</v>
+        <v>5100000</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B40" s="0">
-        <v>240000</v>
+        <v>13900000</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B41" s="0">
-        <v>900000</v>
+        <v>5100000</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B42" s="0">
-        <v>3390000</v>
+        <v>2800000</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B43" s="0">
-        <v>3660000</v>
+        <v>15200000</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B44" s="0">
-        <v>11770000</v>
+        <v>900000</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B45" s="0">
-        <v>3390000</v>
+        <v>600000</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B46" s="0">
-        <v>2350000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B47" s="0">
-        <v>14440000</v>
+        <v>1100000</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B48" s="0">
-        <v>700000</v>
+        <v>56100000</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B49" s="0">
-        <v>420000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B50" s="0">
-        <v>270000</v>
+        <v>1500000</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B51" s="0">
-        <v>740000</v>
+        <v>1450000</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B52" s="0">
-        <v>52400000</v>
+        <v>14500000</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B53" s="0">
-        <v>300000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B54" s="0">
-        <v>950000</v>
+        <v>3800000</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B55" s="0">
-        <v>10590000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B56" s="0">
-        <v>330000</v>
+        <v>700000</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B57" s="0">
-        <v>3300000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B58" s="0">
-        <v>300000</v>
+        <v>2400000</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B59" s="0">
-        <v>300000</v>
+        <v>600000</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B60" s="0">
-        <v>270000</v>
+        <v>3500000</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B61" s="0">
-        <v>2000000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B62" s="0">
-        <v>420000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B63" s="0">
-        <v>2940000</v>
+        <v>750000</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B64" s="0">
-        <v>300000</v>
+        <v>4600000</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B65" s="0">
-        <v>300000</v>
+        <v>800000</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B66" s="0">
-        <v>2940000</v>
+        <v>862500</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B67" s="0">
-        <v>460000</v>
+        <v>1200000</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B68" s="0">
-        <v>420000</v>
+        <v>400000</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B69" s="0">
-        <v>650000</v>
+        <v>700000</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B70" s="0">
-        <v>300000</v>
+        <v>3900000</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B71" s="0">
-        <v>570000</v>
+        <v>11400000</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B72" s="0">
-        <v>2350000</v>
+        <v>2300000</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B73" s="0">
-        <v>9750000</v>
+        <v>2300000</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B74" s="0">
-        <v>470000</v>
+        <v>3900000</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B75" s="0">
-        <v>660000</v>
+        <v>800000</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B76" s="0">
-        <v>2350000</v>
+        <v>16000000</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B77" s="0">
-        <v>650000</v>
+        <v>16500000</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B78" s="0">
-        <v>13500000</v>
+        <v>1200000</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B79" s="0">
-        <v>9010000</v>
+        <v>800000</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B80" s="0">
-        <v>1200000</v>
+        <v>120000</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B81" s="0">
-        <v>650000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B82" s="0">
-        <v>100000</v>
+        <v>220000</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B83" s="0">
-        <v>10500000</v>
+        <v>150000</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B84" s="0">
-        <v>120000</v>
+        <v>5000000</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B85" s="0">
-        <v>2820000</v>
+        <v>19000000</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B86" s="0">
-        <v>16070000</v>
+        <v>41000</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B87" s="0">
-        <v>35000</v>
+        <v>300000</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B88" s="0">
-        <v>150000</v>
+        <v>900000</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B89" s="0">
-        <v>540000</v>
+        <v>9200000</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B90" s="0">
-        <v>7770000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B91" s="0">
-        <v>55000</v>
+        <v>2750000</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B92" s="0">
-        <v>1290000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B93" s="0">
-        <v>13500000</v>
+        <v>1900000</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B94" s="0">
-        <v>3300000</v>
+        <v>16000000</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B95" s="0">
-        <v>1500000</v>
+        <v>3800000</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B96" s="0">
         <v>1800000</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B97" s="0">
-        <v>770000</v>
+        <v>2600000</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B98" s="0">
-        <v>120000</v>
+        <v>2000000</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B99" s="0">
-        <v>3300000</v>
+        <v>1300000</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B100" s="0">
-        <v>9750000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B101" s="0">
-        <v>24500000</v>
+        <v>1300000</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B102" s="0">
-        <v>420000</v>
+        <v>3800000</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B103" s="0">
-        <v>160000</v>
+        <v>11400000</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B104" s="0">
-        <v>13500000</v>
+        <v>27000000</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B105" s="0">
-        <v>220000</v>
+        <v>862500</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B106" s="0">
-        <v>7000000</v>
+        <v>1600000</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B107" s="0">
-        <v>5630000</v>
+        <v>11100000</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B108" s="0">
-        <v>140000</v>
+        <v>1630000</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B109" s="0">
-        <v>950000</v>
+        <v>200000</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B110" s="0">
-        <v>590000</v>
+        <v>16000000</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B111" s="0">
-        <v>590000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B112" s="0">
-        <v>590000</v>
+        <v>8880000</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B113" s="0">
-        <v>1400000</v>
+        <v>5630000</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B114" s="0">
-        <v>2300000</v>
+        <v>250000</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B115" s="0">
-        <v>787500</v>
+        <v>1725000</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B116" s="0">
-        <v>2900000</v>
+        <v>820000</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B117" s="0">
-        <v>8250000</v>
+        <v>820000</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B118" s="0">
-        <v>13200000</v>
+        <v>820000</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B119" s="0">
-        <v>15900000</v>
+        <v>2070000</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
         <v>120</v>
       </c>
       <c r="B120" s="0">
-        <v>1200000</v>
+        <v>2970000</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B121" s="0">
-        <v>35050000</v>
+        <v>1360000</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B122" s="0">
-        <v>42700000</v>
+        <v>2900000</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B123" s="0">
-        <v>59400000</v>
+        <v>10720000</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
         <v>124</v>
       </c>
       <c r="B124" s="0">
-        <v>5200000</v>
+        <v>17160000</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B125" s="0">
-        <v>9750000</v>
+        <v>20670000</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B126" s="0">
-        <v>3180000</v>
+        <v>37640000</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
         <v>127</v>
       </c>
       <c r="B127" s="0">
-        <v>3000000</v>
+        <v>56330000</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B128" s="0">
-        <v>10000000</v>
+        <v>76340000</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B129" s="0">
-        <v>4062500</v>
+        <v>84500000</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B130" s="0">
-        <v>1375000</v>
+        <v>6250000</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B131" s="0">
-        <v>687500</v>
+        <v>11400000</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B132" s="0">
-        <v>22700000</v>
+        <v>700000</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B133" s="0">
-        <v>1725000</v>
+        <v>3580000</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B134" s="0">
-        <v>1000000</v>
+        <v>3000000</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B135" s="0">
-        <v>22700000</v>
+        <v>13300000</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B136" s="0">
-        <v>5600000</v>
+        <v>2070000</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B137" s="0">
-        <v>400000</v>
+        <v>687500</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B138" s="0">
-        <v>1650000</v>
+        <v>22700000</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B139" s="0">
-        <v>3410000</v>
+        <v>2070000</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B140" s="0">
-        <v>630000</v>
+        <v>1200000</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B141" s="0">
-        <v>250000</v>
+        <v>2360000</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B142" s="0">
-        <v>13000000</v>
+        <v>29510000</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B143" s="0">
-        <v>1212500</v>
+        <v>6750000</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B144" s="0">
-        <v>44830000</v>
+        <v>1550000</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B145" s="0">
-        <v>128000</v>
+        <v>1590000</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B146" s="0">
-        <v>119000</v>
+        <v>1620000</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B147" s="0">
-        <v>121100</v>
+        <v>1900000</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B148" s="0">
-        <v>3100000</v>
+        <v>1950000</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B149" s="0">
-        <v>89500000</v>
+        <v>2000000</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B150" s="0">
-        <v>4000000</v>
+        <v>2800000</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B151" s="0">
-        <v>5964000</v>
+        <v>1640000</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B152" s="0">
-        <v>11550000</v>
+        <v>1620000</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B153" s="0">
-        <v>12000000</v>
+        <v>450000</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B154" s="0">
-        <v>1260000</v>
+        <v>2360000</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B155" s="0">
-        <v>4710000</v>
+        <v>1100000</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B156" s="0">
-        <v>1080000</v>
+        <v>4400000</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B157" s="0">
-        <v>55000</v>
+        <v>800000</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B158" s="0">
-        <v>5980000</v>
+        <v>320000</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B159" s="0">
-        <v>8500000</v>
+        <v>1500000</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B160" s="0">
-        <v>3610000</v>
+        <v>15400000</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B161" s="0">
-        <v>3350000</v>
+        <v>1212500</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B162" s="0">
-        <v>800000</v>
+        <v>51270000</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B163" s="0">
-        <v>940000</v>
+        <v>128000</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B164" s="0">
-        <v>15930000</v>
+        <v>119000</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B165" s="0">
-        <v>10830000</v>
+        <v>121100</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B166" s="0">
-        <v>16930000</v>
+        <v>3100000</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B167" s="0">
-        <v>17010000</v>
+        <v>6500000</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B168" s="0">
-        <v>820000</v>
+        <v>5964000</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
         <v>169</v>
       </c>
       <c r="B169" s="0">
-        <v>1180000</v>
+        <v>15200000</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B170" s="0">
-        <v>5000000</v>
+        <v>1550000</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B171" s="0">
-        <v>76890000</v>
+        <v>5600000</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B172" s="0">
-        <v>10830000</v>
+        <v>1080000</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B173" s="0">
-        <v>10830000</v>
+        <v>55000</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B174" s="0">
-        <v>2240000</v>
+        <v>7100000</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
         <v>175</v>
       </c>
       <c r="B175" s="0">
-        <v>7650000</v>
+        <v>9600000</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B176" s="0">
-        <v>750000</v>
+        <v>5100000</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B177" s="0">
-        <v>3160000</v>
+        <v>5300000</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B178" s="0">
-        <v>11420000</v>
+        <v>1400000</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B179" s="0">
-        <v>750000</v>
+        <v>1200000</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B180" s="0">
-        <v>21290000</v>
+        <v>18800000</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B181" s="0">
-        <v>11420000</v>
+        <v>12800000</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B182" s="0">
-        <v>58060000</v>
+        <v>20000000</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B183" s="0">
-        <v>710000</v>
+        <v>20100000</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
         <v>184</v>
       </c>
       <c r="B184" s="0">
-        <v>19070000</v>
+        <v>37800000</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B185" s="0">
-        <v>22110000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B186" s="0">
-        <v>22570000</v>
+        <v>1400000</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
         <v>187</v>
       </c>
       <c r="B187" s="0">
-        <v>710000</v>
+        <v>5900000</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B188" s="0">
-        <v>16930000</v>
+        <v>90900000</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
         <v>189</v>
       </c>
       <c r="B189" s="0">
-        <v>18780000</v>
+        <v>12800000</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B190" s="0">
-        <v>79450000</v>
+        <v>12800000</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
         <v>191</v>
       </c>
       <c r="B191" s="0">
-        <v>10740000</v>
+        <v>2650000</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
         <v>192</v>
       </c>
       <c r="B192" s="0">
-        <v>17740000</v>
+        <v>9000000</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B193" s="0">
-        <v>3880000</v>
+        <v>1725000</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B194" s="0">
-        <v>3880000</v>
+        <v>38400000</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
         <v>195</v>
       </c>
       <c r="B195" s="0">
-        <v>16930000</v>
+        <v>3700000</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
         <v>196</v>
       </c>
       <c r="B196" s="0">
-        <v>3880000</v>
+        <v>13500000</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B197" s="0">
-        <v>6590000</v>
+        <v>1725000</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
         <v>198</v>
       </c>
       <c r="B198" s="0">
-        <v>6590000</v>
+        <v>25200000</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B199" s="0">
-        <v>27070000</v>
+        <v>13500000</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
         <v>200</v>
       </c>
       <c r="B200" s="0">
-        <v>2100000</v>
+        <v>68600000</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
         <v>201</v>
       </c>
       <c r="B201" s="0">
-        <v>1880000</v>
+        <v>900000</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B202" s="0">
-        <v>900000</v>
+        <v>22500000</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B203" s="0">
-        <v>4540000</v>
+        <v>26100000</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B204" s="0">
-        <v>3240000</v>
+        <v>26700000</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B205" s="0">
-        <v>4500000</v>
+        <v>900000</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
         <v>206</v>
       </c>
       <c r="B206" s="0">
-        <v>820000</v>
+        <v>21900000</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
         <v>207</v>
       </c>
       <c r="B207" s="0">
-        <v>1950000</v>
+        <v>20000000</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B208" s="0">
-        <v>2000000</v>
+        <v>22200000</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
         <v>209</v>
       </c>
       <c r="B209" s="0">
-        <v>3300000</v>
+        <v>93900000</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B210" s="0">
-        <v>4100000</v>
+        <v>12700000</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
         <v>211</v>
       </c>
       <c r="B211" s="0">
-        <v>3010000</v>
+        <v>4600000</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
         <v>212</v>
       </c>
       <c r="B212" s="0">
-        <v>6470000</v>
+        <v>4600000</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B213" s="0">
-        <v>3060000</v>
+        <v>20000000</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
         <v>214</v>
       </c>
       <c r="B214" s="0">
-        <v>7650000</v>
+        <v>4600000</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
         <v>215</v>
       </c>
       <c r="B215" s="0">
-        <v>1950000</v>
+        <v>7800000</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
         <v>216</v>
       </c>
       <c r="B216" s="0">
-        <v>1430000</v>
+        <v>7800000</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B217" s="0">
-        <v>7000000</v>
+        <v>32000000</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
         <v>218</v>
       </c>
       <c r="B218" s="0">
-        <v>5840000</v>
+        <v>2500000</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
         <v>219</v>
       </c>
       <c r="B219" s="0">
-        <v>14112500</v>
+        <v>2400000</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
         <v>220</v>
       </c>
       <c r="B220" s="0">
-        <v>500000</v>
+        <v>1200000</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
         <v>221</v>
       </c>
       <c r="B221" s="0">
-        <v>6000000</v>
+        <v>5500000</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
         <v>222</v>
       </c>
       <c r="B222" s="0">
-        <v>540000</v>
+        <v>4400000</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
         <v>223</v>
       </c>
       <c r="B223" s="0">
-        <v>940000</v>
+        <v>5700000</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
         <v>224</v>
       </c>
       <c r="B224" s="0">
-        <v>1410000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B225" s="0">
-        <v>1290000</v>
+        <v>1100000</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
         <v>226</v>
       </c>
       <c r="B226" s="0">
-        <v>1120000</v>
+        <v>6200000</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
         <v>227</v>
       </c>
       <c r="B227" s="0">
-        <v>3920000</v>
+        <v>1200000</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B228" s="0">
-        <v>5010000</v>
+        <v>4900000</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B229" s="0">
-        <v>5010000</v>
+        <v>3600000</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
         <v>230</v>
       </c>
       <c r="B230" s="0">
-        <v>5060000</v>
+        <v>7800000</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B231" s="0">
-        <v>820000</v>
+        <v>3600000</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
         <v>232</v>
       </c>
       <c r="B232" s="0">
-        <v>370000</v>
+        <v>9200000</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
         <v>233</v>
       </c>
       <c r="B233" s="0">
-        <v>5000000</v>
+        <v>2300000</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B234" s="0">
-        <v>5625000</v>
+        <v>6800000</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
         <v>235</v>
       </c>
       <c r="B235" s="0">
-        <v>1495000</v>
+        <v>2000000</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
         <v>236</v>
       </c>
       <c r="B236" s="0">
-        <v>4100000</v>
+        <v>7000000</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B237" s="0">
-        <v>7000000</v>
+        <v>7170000</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B238" s="0">
-        <v>12700000</v>
+        <v>14112500</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
         <v>239</v>
       </c>
       <c r="B239" s="0">
-        <v>4680000</v>
+        <v>600000</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
         <v>240</v>
       </c>
       <c r="B240" s="0">
-        <v>2920000</v>
+        <v>8200000</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
         <v>241</v>
       </c>
       <c r="B241" s="0">
-        <v>900000</v>
+        <v>950000</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
         <v>242</v>
       </c>
       <c r="B242" s="0">
-        <v>90900000</v>
+        <v>1150000</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
         <v>243</v>
       </c>
       <c r="B243" s="0">
-        <v>150000</v>
+        <v>1700000</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
         <v>244</v>
       </c>
       <c r="B244" s="0">
-        <v>100000</v>
+        <v>1600000</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B245" s="0">
-        <v>1770000</v>
+        <v>1500000</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
         <v>246</v>
       </c>
       <c r="B246" s="0">
-        <v>870000</v>
+        <v>4600000</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
         <v>247</v>
       </c>
       <c r="B247" s="0">
-        <v>22800000</v>
+        <v>5900000</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
         <v>248</v>
       </c>
       <c r="B248" s="0">
-        <v>26400000</v>
+        <v>6000000</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
         <v>249</v>
       </c>
       <c r="B249" s="0">
-        <v>21190000</v>
+        <v>6100000</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
         <v>250</v>
       </c>
       <c r="B250" s="0">
-        <v>33000000</v>
+        <v>1100000</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
         <v>251</v>
       </c>
       <c r="B251" s="0">
-        <v>9400000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
         <v>252</v>
       </c>
       <c r="B252" s="0">
-        <v>2976000</v>
+        <v>3000000</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
         <v>253</v>
       </c>
       <c r="B253" s="0">
-        <v>1728000</v>
+        <v>5000000</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
         <v>254</v>
       </c>
       <c r="B254" s="0">
-        <v>4950000</v>
+        <v>5625000</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
         <v>255</v>
       </c>
       <c r="B255" s="0">
-        <v>4012500</v>
+        <v>1495000</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
         <v>256</v>
       </c>
       <c r="B256" s="0">
-        <v>25575000</v>
+        <v>4100000</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
         <v>257</v>
       </c>
       <c r="B257" s="0">
-        <v>540000</v>
+        <v>8900000</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
         <v>258</v>
       </c>
       <c r="B258" s="0">
-        <v>720000</v>
+        <v>16100000</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
         <v>259</v>
       </c>
       <c r="B259" s="0">
-        <v>720000</v>
+        <v>3700000</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
         <v>260</v>
       </c>
       <c r="B260" s="0">
-        <v>320000</v>
+        <v>1100000</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
         <v>261</v>
       </c>
       <c r="B261" s="0">
-        <v>650000</v>
+        <v>200000</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
         <v>262</v>
       </c>
       <c r="B262" s="0">
-        <v>1700000</v>
+        <v>140000</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
         <v>263</v>
       </c>
       <c r="B263" s="0">
-        <v>1816800</v>
+        <v>2100000</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
         <v>264</v>
       </c>
       <c r="B264" s="0">
-        <v>1550000</v>
+        <v>1200000</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
         <v>265</v>
       </c>
       <c r="B265" s="0">
-        <v>772727</v>
+        <v>22800000</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B266" s="0">
-        <v>6240000</v>
+        <v>32934000</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
         <v>267</v>
       </c>
       <c r="B267" s="0">
-        <v>6545454</v>
+        <v>21190000</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
         <v>268</v>
       </c>
       <c r="B268" s="0">
-        <v>1816800</v>
+        <v>3700000</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
         <v>269</v>
       </c>
       <c r="B269" s="0">
-        <v>24120000</v>
+        <v>2000000</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
         <v>270</v>
       </c>
       <c r="B270" s="0">
-        <v>1180000</v>
+        <v>5400000</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
         <v>271</v>
       </c>
       <c r="B271" s="0">
-        <v>2040000</v>
+        <v>4300000</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
         <v>272</v>
       </c>
       <c r="B272" s="0">
-        <v>11940000</v>
+        <v>25575000</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
         <v>273</v>
       </c>
       <c r="B273" s="0">
-        <v>2940000</v>
+        <v>540000</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
         <v>274</v>
       </c>
       <c r="B274" s="0">
-        <v>3600000</v>
+        <v>1990000</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B275" s="0">
-        <v>1113600</v>
+        <v>719000</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
         <v>276</v>
       </c>
       <c r="B276" s="0">
-        <v>460000</v>
+        <v>719000</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B277" s="0">
-        <v>4500000</v>
+        <v>320000</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
         <v>278</v>
       </c>
       <c r="B278" s="0">
-        <v>3490000</v>
+        <v>650000</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B279" s="0">
-        <v>470000</v>
+        <v>1900000</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
         <v>280</v>
       </c>
       <c r="B280" s="0">
-        <v>4420000</v>
+        <v>1950000</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
         <v>281</v>
       </c>
       <c r="B281" s="0">
-        <v>3910000</v>
+        <v>1700000</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
         <v>282</v>
       </c>
       <c r="B282" s="0">
-        <v>910000</v>
+        <v>772727</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
         <v>283</v>
       </c>
       <c r="B283" s="0">
-        <v>6620000</v>
+        <v>7200000</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
         <v>284</v>
       </c>
       <c r="B284" s="0">
-        <v>1180000</v>
+        <v>6545454</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
         <v>285</v>
       </c>
       <c r="B285" s="0">
-        <v>2860000</v>
+        <v>1950000</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
         <v>286</v>
       </c>
       <c r="B286" s="0">
-        <v>25350000</v>
+        <v>29800000</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
         <v>287</v>
       </c>
       <c r="B287" s="0">
-        <v>1640000</v>
+        <v>28000000</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
         <v>288</v>
       </c>
       <c r="B288" s="0">
-        <v>7850000</v>
+        <v>1400000</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
         <v>289</v>
       </c>
       <c r="B289" s="0">
-        <v>400000</v>
+        <v>2500000</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B290" s="0">
-        <v>500000</v>
+        <v>13800000</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
         <v>291</v>
       </c>
       <c r="B291" s="0">
-        <v>1640000</v>
+        <v>3500000</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
         <v>292</v>
       </c>
       <c r="B292" s="0">
-        <v>2650000</v>
+        <v>4300000</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
         <v>293</v>
       </c>
       <c r="B293" s="0">
-        <v>3060000</v>
+        <v>600000</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
         <v>294</v>
       </c>
       <c r="B294" s="0">
-        <v>3560000</v>
+        <v>5300000</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
         <v>295</v>
       </c>
       <c r="B295" s="0">
-        <v>4050000</v>
+        <v>4100000</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
         <v>296</v>
       </c>
       <c r="B296" s="0">
-        <v>2110000</v>
+        <v>862500</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
         <v>297</v>
       </c>
       <c r="B297" s="0">
-        <v>720000</v>
+        <v>5200000</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
         <v>298</v>
       </c>
       <c r="B298" s="0">
-        <v>1530000</v>
+        <v>4600000</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
         <v>299</v>
       </c>
       <c r="B299" s="0">
-        <v>3150000</v>
+        <v>1300000</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
         <v>300</v>
       </c>
       <c r="B300" s="0">
-        <v>1830000</v>
+        <v>8200000</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
         <v>301</v>
       </c>
       <c r="B301" s="0">
-        <v>2630000</v>
+        <v>1500000</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
         <v>302</v>
       </c>
       <c r="B302" s="0">
-        <v>3600000</v>
+        <v>3500000</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
         <v>303</v>
       </c>
       <c r="B303" s="0">
-        <v>3200000</v>
+        <v>30000000</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
         <v>304</v>
       </c>
       <c r="B304" s="0">
-        <v>1480000</v>
+        <v>2000000</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
         <v>305</v>
       </c>
       <c r="B305" s="0">
-        <v>640000</v>
+        <v>9300000</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
         <v>306</v>
       </c>
       <c r="B306" s="0">
-        <v>770000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
         <v>307</v>
       </c>
       <c r="B307" s="0">
-        <v>770000</v>
+        <v>600000</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
         <v>308</v>
       </c>
       <c r="B308" s="0">
-        <v>3600000</v>
+        <v>2000000</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
         <v>309</v>
       </c>
       <c r="B309" s="0">
         <v>3200000</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
         <v>310</v>
       </c>
       <c r="B310" s="0">
-        <v>1100000</v>
+        <v>4000000</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B311" s="0">
-        <v>6110000</v>
+        <v>6300000</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
         <v>312</v>
       </c>
       <c r="B312" s="0">
-        <v>3150000</v>
+        <v>4700000</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B313" s="0">
-        <v>4370000</v>
+        <v>2500000</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
         <v>314</v>
       </c>
       <c r="B314" s="0">
-        <v>5400000</v>
+        <v>900000</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
         <v>315</v>
       </c>
       <c r="B315" s="0">
-        <v>75000000</v>
+        <v>1850000</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
         <v>316</v>
       </c>
       <c r="B316" s="0">
-        <v>34000000</v>
+        <v>3900000</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
         <v>317</v>
       </c>
       <c r="B317" s="0">
-        <v>1500000</v>
+        <v>2200000</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
         <v>318</v>
       </c>
       <c r="B318" s="0">
-        <v>1500000</v>
+        <v>3200000</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
         <v>319</v>
       </c>
       <c r="B319" s="0">
-        <v>2000000</v>
+        <v>4200000</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
         <v>320</v>
       </c>
       <c r="B320" s="0">
-        <v>1700000</v>
+        <v>3900000</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
         <v>321</v>
       </c>
       <c r="B321" s="0">
-        <v>700000</v>
+        <v>1900000</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
         <v>322</v>
       </c>
       <c r="B322" s="0">
-        <v>1250000</v>
+        <v>800000</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
         <v>323</v>
       </c>
       <c r="B323" s="0">
-        <v>1200000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
         <v>324</v>
       </c>
       <c r="B324" s="0">
-        <v>2986000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
         <v>325</v>
       </c>
       <c r="B325" s="0">
-        <v>7270000</v>
+        <v>4000000</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
         <v>326</v>
       </c>
       <c r="B326" s="0">
-        <v>5450000</v>
+        <v>7700000</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
         <v>327</v>
       </c>
       <c r="B327" s="0">
-        <v>180000000</v>
+        <v>1300000</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
         <v>328</v>
       </c>
       <c r="B328" s="0">
-        <v>13300000</v>
+        <v>7500000</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
         <v>329</v>
       </c>
       <c r="B329" s="0">
-        <v>13300000</v>
+        <v>4400000</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
         <v>330</v>
       </c>
       <c r="B330" s="0">
-        <v>13300000</v>
+        <v>5200000</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
         <v>331</v>
       </c>
       <c r="B331" s="0">
-        <v>13300000</v>
+        <v>6800000</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
         <v>332</v>
       </c>
       <c r="B332" s="0">
-        <v>13300000</v>
+        <v>92400000</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
         <v>333</v>
       </c>
       <c r="B333" s="0">
-        <v>13300000</v>
+        <v>39800000</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
         <v>334</v>
       </c>
       <c r="B334" s="0">
-        <v>13300000</v>
+        <v>2500000</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
         <v>335</v>
       </c>
       <c r="B335" s="0">
-        <v>13300000</v>
+        <v>2500000</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B336" s="0">
-        <v>13300000</v>
+        <v>2300000</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
         <v>337</v>
       </c>
       <c r="B337" s="0">
-        <v>13300000</v>
+        <v>1900000</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
         <v>338</v>
       </c>
       <c r="B338" s="0">
-        <v>13300000</v>
+        <v>700000</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
         <v>339</v>
       </c>
       <c r="B339" s="0">
-        <v>13300000</v>
+        <v>1700000</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
         <v>340</v>
       </c>
       <c r="B340" s="0">
-        <v>13300000</v>
+        <v>1600000</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B341" s="0">
-        <v>13300000</v>
+        <v>3200000</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
         <v>342</v>
       </c>
       <c r="B342" s="0">
-        <v>13300000</v>
+        <v>8100000</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
         <v>343</v>
       </c>
       <c r="B343" s="0">
-        <v>13300000</v>
+        <v>5900000</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B344" s="0">
-        <v>13300000</v>
+        <v>227700000</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
         <v>345</v>
       </c>
       <c r="B345" s="0">
-        <v>13300000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B346" s="0">
-        <v>13300000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
         <v>347</v>
       </c>
       <c r="B347" s="0">
-        <v>13300000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
         <v>348</v>
       </c>
       <c r="B348" s="0">
-        <v>1620000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B349" s="0">
-        <v>2140000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
         <v>350</v>
       </c>
       <c r="B350" s="0">
-        <v>1500000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
         <v>351</v>
       </c>
       <c r="B351" s="0">
-        <v>2410000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
         <v>352</v>
       </c>
       <c r="B352" s="0">
-        <v>1730000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
         <v>353</v>
       </c>
       <c r="B353" s="0">
-        <v>1730000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
         <v>354</v>
       </c>
       <c r="B354" s="0">
-        <v>8100000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
         <v>355</v>
       </c>
       <c r="B355" s="0">
-        <v>1200000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
         <v>356</v>
       </c>
       <c r="B356" s="0">
-        <v>1200000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
         <v>357</v>
       </c>
       <c r="B357" s="0">
-        <v>900000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
         <v>358</v>
       </c>
       <c r="B358" s="0">
-        <v>1000000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
         <v>359</v>
       </c>
       <c r="B359" s="0">
-        <v>1000000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B360" s="0">
-        <v>1100000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
         <v>361</v>
       </c>
       <c r="B361" s="0">
-        <v>1000000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
         <v>362</v>
       </c>
       <c r="B362" s="0">
-        <v>10700000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
         <v>363</v>
       </c>
       <c r="B363" s="0">
-        <v>8500000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B364" s="0">
-        <v>9500000</v>
+        <v>30800000</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B365" s="0">
-        <v>9000000</v>
+        <v>1900000</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
         <v>366</v>
       </c>
       <c r="B366" s="0">
-        <v>10500000</v>
+        <v>2550000</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
         <v>367</v>
       </c>
       <c r="B367" s="0">
-        <v>10000000</v>
+        <v>1800000</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
         <v>368</v>
       </c>
       <c r="B368" s="0">
-        <v>12000000</v>
+        <v>2850000</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
         <v>369</v>
       </c>
       <c r="B369" s="0">
-        <v>11000000</v>
+        <v>2050000</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="B370" s="0">
+        <v>2050000</v>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="B371" s="0">
+        <v>9500000</v>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="B372" s="0">
+        <v>1300000</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="B373" s="0">
+        <v>1300000</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B374" s="0">
+        <v>1200000</v>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="B375" s="0">
+        <v>1300000</v>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="B376" s="0">
+        <v>1300000</v>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B377" s="0">
+        <v>1300000</v>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="B378" s="0">
+        <v>1300000</v>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="B379" s="0">
+        <v>12700000</v>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="B380" s="0">
+        <v>1700000</v>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="B381" s="0">
+        <v>1700000</v>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="B382" s="0">
+        <v>1000000</v>
+      </c>
+    </row>
+    <row r="383">
+      <c r="A383" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="B383" s="0">
+        <v>750000</v>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="B384" s="0">
+        <v>1000000</v>
+      </c>
+    </row>
+    <row r="385">
+      <c r="A385" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="B385" s="0">
+        <v>11200000</v>
+      </c>
+    </row>
+    <row r="386">
+      <c r="A386" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B386" s="0">
+        <v>12500000</v>
+      </c>
+    </row>
+    <row r="387">
+      <c r="A387" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="B387" s="0">
+        <v>11600000</v>
+      </c>
+    </row>
+    <row r="388">
+      <c r="A388" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B388" s="0">
+        <v>13900000</v>
+      </c>
+    </row>
+    <row r="389">
+      <c r="A389" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B389" s="0">
+        <v>13200000</v>
+      </c>
+    </row>
+    <row r="390">
+      <c r="A390" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B390" s="0">
+        <v>15800000</v>
+      </c>
+    </row>
+    <row r="391">
+      <c r="A391" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="B391" s="0">
+        <v>14500000</v>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="B392" s="0">
+        <v>110000000</v>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="B393" s="0">
+        <v>44700000</v>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="B394" s="0">
+        <v>34920000</v>
+      </c>
+    </row>
+    <row r="395">
+      <c r="A395" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="B395" s="0">
+        <v>37800000</v>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="B396" s="0">
+        <v>42770000</v>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="B397" s="0">
+        <v>37570000</v>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="B398" s="0">
+        <v>36140000</v>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="B399" s="0">
+        <v>48880000</v>
+      </c>
+    </row>
+    <row r="400">
+      <c r="A400" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="B400" s="0">
+        <v>41210000</v>
+      </c>
+    </row>
+    <row r="401">
+      <c r="A401" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="B401" s="0">
+        <v>38740000</v>
+      </c>
+    </row>
+    <row r="402">
+      <c r="A402" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B402" s="0">
+        <v>5300000</v>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B403" s="0">
+        <v>300000</v>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="B404" s="0">
+        <v>300000</v>
+      </c>
+    </row>
+    <row r="405">
+      <c r="A405" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="B405" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="406">
+      <c r="A406" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="B406" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="407">
+      <c r="A407" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="B407" s="0">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>